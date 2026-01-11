--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>protection forest against channel processes (2022) · type of next treatment</t>
+    <t>bosco di protezione contro processi idrologici nei torrenti (2022) · tipo del prossimo intervento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,329 +172,329 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>protection forest against channel processes (2022)</t>
+    <t>bosco di protezione contro processi idrologici nei torrenti (2022)</t>
   </si>
   <si>
-    <t>type of next treatment</t>
+    <t>tipo del prossimo intervento</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>possible intervention in &gt;20 years</t>
+    <t>eventuale intervento tra oltre 20 anni</t>
   </si>
   <si>
-    <t>tending</t>
+    <t>cure colturali al bosco giovane</t>
   </si>
   <si>
-    <t>thinning</t>
+    <t>diradamento</t>
   </si>
   <si>
-    <t>secondary felling</t>
+    <t>taglio di sementazione</t>
   </si>
   <si>
-    <t>final felling</t>
+    <t>taglio di sgombero</t>
   </si>
   <si>
-    <t>selection felling</t>
+    <t>taglio a scelta</t>
   </si>
   <si>
-    <t>thinning of mountain forest</t>
+    <t>diradamento nei boschi di montagna</t>
   </si>
   <si>
-    <t>coppice cut</t>
+    <t>ceduazione (cedui e cedui composti)</t>
   </si>
   <si>
-    <t>conversion</t>
+    <t>conversione</t>
   </si>
   <si>
-    <t>transformation</t>
+    <t>trasformazione</t>
   </si>
   <si>
-    <t>sanitary felling</t>
+    <t>taglio fitosanitario</t>
   </si>
   <si>
-    <t>thinning of continuous cover forest</t>
+    <t>diradamento in foresta permanente</t>
   </si>
   <si>
-    <t>tending of forest edge</t>
+    <t>cura del margine boschivo</t>
   </si>
   <si>
-    <t>planting</t>
+    <t>piantagione</t>
   </si>
   <si>
-    <t>agrosilvicultural treatments</t>
+    <t>intervento di tipo agro-forestale</t>
   </si>
   <si>
-    <t>single tree harvesting</t>
+    <t xml:space="preserve">prelievo di singoli alberi </t>
   </si>
   <si>
-    <t>tree removal to maintain infrastructre safety</t>
+    <t>intervento di messa in sicurezza</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>all'interno</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1366801/548560</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against channel processes (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro processi idrologici nei torrenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of next treatment</t>
+      <t xml:space="preserve">tipo del prossimo intervento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #704</t>
     </r>
   </si>
   <si>
-    <t>Indication of how the stand is likely to be treated in the next intervention, taking into account local forest functions and planning. Reference: Forest Service Survey (MID 335: Art des nächsten Eingriffs)</t>
+    <t>Indicazione delle modalità di trattamento del popolamento nell'ambito del prossimo intervento previsto, tenendo conto delle funzioni forestali locali e della pianificazione. Fonte: inchiesta presso il servizio forestale (MID 335: Art des nächsten Eingriffs)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -846,52 +846,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -13605,51 +13605,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ88" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA88" s="6">
         <v>100.0</v>
       </c>
       <c r="BB88" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:54" customHeight="1" ht="21.75">
       <c r="A89" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1366801/548560</t>
           </r>
         </is>
       </c>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3"/>
       <c r="K89" s="3"/>
       <c r="L89" s="3"/>
@@ -13687,226 +13687,226 @@
       <c r="AR89" s="3"/>
       <c r="AS89" s="3"/>
       <c r="AT89" s="3"/>
       <c r="AU89" s="3"/>
       <c r="AV89" s="3"/>
       <c r="AW89" s="3"/>
       <c r="AX89" s="3"/>
       <c r="AY89" s="3"/>
       <c r="AZ89" s="3"/>
       <c r="BA89" s="3"/>
       <c r="BB89" s="3"/>
     </row>
     <row r="92" spans="1:54">
       <c r="A92" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="93" spans="1:54" customHeight="1" ht="29">
       <c r="A93" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="95" spans="1:54">
       <c r="A95" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against channel processes (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="96" spans="1:54" customHeight="1" ht="29">
       <c r="A96" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="98" spans="1:54">
       <c r="A98" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of next treatment</t>
+            <t xml:space="preserve">tipo del prossimo intervento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #704</t>
           </r>
         </is>
       </c>
     </row>
     <row r="99" spans="1:54" customHeight="1" ht="29">
       <c r="A99" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="101" spans="1:54">
       <c r="A101" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="102" spans="1:54" customHeight="1" ht="29">
       <c r="A102" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="104" spans="1:54">
       <c r="A104" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="105" spans="1:54" customHeight="1" ht="29">
       <c r="A105" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="107" spans="1:54">
       <c r="A107" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="108" spans="1:54" customHeight="1" ht="29">
       <c r="A108" s="1" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>