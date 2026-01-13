--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>bosco di protezione contro processi idrologici nei torrenti (2022) · tipo del prossimo intervento</t>
+    <t>protection forest against channel processes (2022) · type of next treatment</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,329 +172,329 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+    <t>protection forest against channel processes (2022)</t>
   </si>
   <si>
-    <t>tipo del prossimo intervento</t>
+    <t>type of next treatment</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>eventuale intervento tra oltre 20 anni</t>
+    <t>possible intervention in &gt;20 years</t>
   </si>
   <si>
-    <t>cure colturali al bosco giovane</t>
+    <t>tending</t>
   </si>
   <si>
-    <t>diradamento</t>
+    <t>thinning</t>
   </si>
   <si>
-    <t>taglio di sementazione</t>
+    <t>secondary felling</t>
   </si>
   <si>
-    <t>taglio di sgombero</t>
+    <t>final felling</t>
   </si>
   <si>
-    <t>taglio a scelta</t>
+    <t>selection felling</t>
   </si>
   <si>
-    <t>diradamento nei boschi di montagna</t>
+    <t>thinning of mountain forest</t>
   </si>
   <si>
-    <t>ceduazione (cedui e cedui composti)</t>
+    <t>coppice cut</t>
   </si>
   <si>
-    <t>conversione</t>
+    <t>conversion</t>
   </si>
   <si>
-    <t>trasformazione</t>
+    <t>transformation</t>
   </si>
   <si>
-    <t>taglio fitosanitario</t>
+    <t>sanitary felling</t>
   </si>
   <si>
-    <t>diradamento in foresta permanente</t>
+    <t>thinning of continuous cover forest</t>
   </si>
   <si>
-    <t>cura del margine boschivo</t>
+    <t>tending of forest edge</t>
   </si>
   <si>
-    <t>piantagione</t>
+    <t>planting</t>
   </si>
   <si>
-    <t>intervento di tipo agro-forestale</t>
+    <t>agrosilvicultural treatments</t>
   </si>
   <si>
-    <t xml:space="preserve">prelievo di singoli alberi </t>
+    <t>single tree harvesting</t>
   </si>
   <si>
-    <t>intervento di messa in sicurezza</t>
+    <t>tree removal to maintain infrastructre safety</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>all'interno</t>
+    <t>inside</t>
   </si>
   <si>
-    <t>all'esterno</t>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1366877/548636</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+      <t xml:space="preserve">protective forest against channel processes (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro processi idrologici nei torrenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo del prossimo intervento</t>
+      <t xml:space="preserve">type of next treatment</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #704</t>
     </r>
   </si>
   <si>
-    <t>Indicazione delle modalità di trattamento del popolamento nell'ambito del prossimo intervento previsto, tenendo conto delle funzioni forestali locali e della pianificazione. Fonte: inchiesta presso il servizio forestale (MID 335: Art des nächsten Eingriffs)</t>
+    <t>Indication of how the stand is likely to be treated in the next intervention, taking into account local forest functions and planning. Reference: Forest Service Survey (MID 335: Art des nächsten Eingriffs)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -846,52 +846,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -13605,51 +13605,51 @@
         <v>50.2</v>
       </c>
       <c r="AZ88" s="6">
         <v>7</v>
       </c>
       <c r="BA88" s="6">
         <v>1211.5</v>
       </c>
       <c r="BB88" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:54" customHeight="1" ht="21.75">
       <c r="A89" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1366877/548636</t>
           </r>
         </is>
       </c>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3"/>
       <c r="K89" s="3"/>
       <c r="L89" s="3"/>
@@ -13687,226 +13687,226 @@
       <c r="AR89" s="3"/>
       <c r="AS89" s="3"/>
       <c r="AT89" s="3"/>
       <c r="AU89" s="3"/>
       <c r="AV89" s="3"/>
       <c r="AW89" s="3"/>
       <c r="AX89" s="3"/>
       <c r="AY89" s="3"/>
       <c r="AZ89" s="3"/>
       <c r="BA89" s="3"/>
       <c r="BB89" s="3"/>
     </row>
     <row r="92" spans="1:54">
       <c r="A92" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="93" spans="1:54" customHeight="1" ht="29">
       <c r="A93" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="95" spans="1:54">
       <c r="A95" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+            <t xml:space="preserve">protective forest against channel processes (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="96" spans="1:54" customHeight="1" ht="29">
       <c r="A96" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="98" spans="1:54">
       <c r="A98" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo del prossimo intervento</t>
+            <t xml:space="preserve">type of next treatment</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #704</t>
           </r>
         </is>
       </c>
     </row>
     <row r="99" spans="1:54" customHeight="1" ht="29">
       <c r="A99" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="101" spans="1:54">
       <c r="A101" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="102" spans="1:54" customHeight="1" ht="29">
       <c r="A102" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="104" spans="1:54">
       <c r="A104" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="105" spans="1:54" customHeight="1" ht="29">
       <c r="A105" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="107" spans="1:54">
       <c r="A107" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="108" spans="1:54" customHeight="1" ht="29">
       <c r="A108" s="1" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>