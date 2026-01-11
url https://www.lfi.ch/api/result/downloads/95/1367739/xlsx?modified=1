--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>bosco di protezione contro cadute di massi (2022) · grado di copertura (foto aeree; 5 classi)</t>
+    <t>protection forest against rockfall (2022) · degree of cover (aerial photo, 5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,293 +172,293 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>bosco di protezione contro cadute di massi (2022)</t>
+    <t>protection forest against rockfall (2022)</t>
   </si>
   <si>
-    <t>grado di copertura (foto aeree; 5 classi)</t>
+    <t>degree of cover (aerial photo, 5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-20%</t>
   </si>
   <si>
     <t>21-40%</t>
   </si>
   <si>
     <t>41-60%</t>
   </si>
   <si>
     <t>61-80%</t>
   </si>
   <si>
     <t>&gt;80%</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>all'interno</t>
+    <t>inside</t>
   </si>
   <si>
-    <t>all'esterno</t>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1367739/549498</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
+      <t xml:space="preserve">protective forest against rockfall (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di copertura (foto aeree; 5 classi)</t>
+      <t xml:space="preserve">degree of cover (aerial photo, 5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336</t>
     </r>
   </si>
   <si>
-    <t>Percentuale della superficie del suolo, secondo l'interpretazione di foto aeree, coperta da chiome di alberi, in cinque classi di 20% ognuna. La percentuale è calcolata utilizzando i 25 punti della griglia sull'area di interpretazione (50 × 50 m). Fonte: interpretazione di foto aeree</t>
+    <t>Proportion of the ground area covered by tree crowns according to the aerial photo interpretation – in five 20-percent classes. The percentage is calculated using the 25 grid points on the interpretation area (50 × 50 m). Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -810,51 +810,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -5793,51 +5793,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ40" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA40" s="6">
         <v>100.0</v>
       </c>
       <c r="BB40" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:54" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1367739/549498</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
@@ -5875,226 +5875,226 @@
       <c r="AR41" s="3"/>
       <c r="AS41" s="3"/>
       <c r="AT41" s="3"/>
       <c r="AU41" s="3"/>
       <c r="AV41" s="3"/>
       <c r="AW41" s="3"/>
       <c r="AX41" s="3"/>
       <c r="AY41" s="3"/>
       <c r="AZ41" s="3"/>
       <c r="BA41" s="3"/>
       <c r="BB41" s="3"/>
     </row>
     <row r="44" spans="1:54">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:54" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="47" spans="1:54">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
+            <t xml:space="preserve">protective forest against rockfall (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:54" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="50" spans="1:54">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di copertura (foto aeree; 5 classi)</t>
+            <t xml:space="preserve">degree of cover (aerial photo, 5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:54" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="53" spans="1:54">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:54" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="56" spans="1:54">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:54" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="59" spans="1:54">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:54" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>