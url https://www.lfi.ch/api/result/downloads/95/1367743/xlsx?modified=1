--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against rockfall (2022) · degree of cover (aerial photo, 5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · grado di copertura (foto aeree; 5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>degree of cover (aerial photo, 5 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>grado di copertura (foto aeree; 5 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-20%</t>
   </si>
   <si>
     <t>21-40%</t>
   </si>
   <si>
     <t>41-60%</t>
   </si>
   <si>
     <t>61-80%</t>
   </si>
   <si>
     <t>&gt;80%</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>outside</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1367743/549502</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of cover (aerial photo, 5 classes)</t>
+      <t xml:space="preserve">grado di copertura (foto aeree; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the ground area covered by tree crowns according to the aerial photo interpretation – in five 20-percent classes. The percentage is calculated using the 25 grid points on the interpretation area (50 × 50 m). Reference: aerial photo interpretation</t>
+    <t>Percentuale della superficie del suolo, secondo l'interpretazione di foto aeree, coperta da chiome di alberi, in cinque classi di 20% ognuna. La percentuale è calcolata utilizzando i 25 punti della griglia sull'area di interpretazione (50 × 50 m). Fonte: interpretazione di foto aeree</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,51 +750,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -2093,268 +2093,268 @@
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1367743/549502</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of cover (aerial photo, 5 classes)</t>
+            <t xml:space="preserve">grado di copertura (foto aeree; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>