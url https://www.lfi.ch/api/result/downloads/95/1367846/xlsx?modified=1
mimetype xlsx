--- v0 (2025-10-01)
+++ v1 (2025-12-08)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>indicator of groundwater protection zones (2022)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Indikator Grundwasserschutzzone (2022)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no groundwater protection zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>keine Grundwasserschutzzone</t>
+  </si>
+  <si>
+    <t>Grundwasserschutzzone</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1367846/549605</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
+      <t xml:space="preserve">Indikator Grundwasserschutzzone (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2638</t>
     </r>
   </si>
   <si>
-    <t>Located in/outside a groundwater protection zone. The cantons demarcate groundwater protection zones around groundwater wells and groundwater recharging facilities to protect drinking water where this is in the public interest. The indicator variable combines the various protection zone categories in force since 2016 in accordance with Art. 121 of the Waters Protection Ordinance (SR 814.201) into one class. Data status: 8 July 2022 (download from geodienste.ch).</t>
+    <t>Lage innerhalb/ausserhalb einer Grundwasserschutzzone. Die Grundwasserschutzzonen werden von den Kantonen um die im öffentlichen Interesse liegenden Grundwasserfassungen und Grundwasseranreicherungsanlagen ausgeschieden und dienen dem Schutz des Trinkwassers. Die Indikatorvariable fasst die verschiedenen seit 2016 geltenden Schutzzonenkategorien gemäss Art. 121 der Gewässerschutzverordnung (SR 814.201) zu einer Klasse zusammen. Stand der Daten: 8.7.2022 (Download von geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1367846/549605</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
+            <t xml:space="preserve">Indikator Grundwasserschutzzone (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2638</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>