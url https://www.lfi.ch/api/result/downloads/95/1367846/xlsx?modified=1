--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Indikator Grundwasserschutzzone (2022)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>indicatore di zone di protezione delle acque sotterranee (2022)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Grundwasserschutzzone</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>non è zona di protezione delle acque sotterranee</t>
+  </si>
+  <si>
+    <t>zona di protezione delle acque sotterranee</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1367846/549605</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Indikator Grundwasserschutzzone (2022)</t>
+      <t xml:space="preserve">indicatore di zone di protezione delle acque sotterranee (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2638</t>
     </r>
   </si>
   <si>
-    <t>Lage innerhalb/ausserhalb einer Grundwasserschutzzone. Die Grundwasserschutzzonen werden von den Kantonen um die im öffentlichen Interesse liegenden Grundwasserfassungen und Grundwasseranreicherungsanlagen ausgeschieden und dienen dem Schutz des Trinkwassers. Die Indikatorvariable fasst die verschiedenen seit 2016 geltenden Schutzzonenkategorien gemäss Art. 121 der Gewässerschutzverordnung (SR 814.201) zu einer Klasse zusammen. Stand der Daten: 8.7.2022 (Download von geodienste.ch).</t>
+    <t>Ubicazione all'interno/all'esterno di una zona di protezione delle acque sotterranee. Queste zone vengono designate dai Cantoni intorno alle sorgenti di acque sotterranee e alle installazioni di accumulo delle acque sotterranee, che sono di interesse pubblico e servono a proteggere le acque potabili. A dipendenza della zona di protezione, si applicano diverse limitazioni alla proprietà e requisiti di gestione rigorosi. La variabile riflette le categorie di zone di protezione applicabili dal 2016 in conformità all'art. 121 dell'Ordinanza sulla protezione delle acque (RS 814.201) e lo stato di designazione da parte dei Cantoni all'8 luglio 2022 (scaricare i dati da geodienste.ch). Stato dei dati: 8.7.2022 (Download von geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1367846/549605</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Indikator Grundwasserschutzzone (2022)</t>
+            <t xml:space="preserve">indicatore di zone di protezione delle acque sotterranee (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2638</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>