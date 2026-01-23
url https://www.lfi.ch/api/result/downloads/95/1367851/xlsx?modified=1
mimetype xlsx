--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>indicatore di zone di protezione delle acque sotterranee (2022)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>indicator of groundwater protection zones (2022)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non è zona di protezione delle acque sotterranee</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>no groundwater protection zone</t>
+  </si>
+  <si>
+    <t>groundwater protection zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1367851/549610</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">indicatore di zone di protezione delle acque sotterranee (2022)</t>
+      <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2638</t>
     </r>
   </si>
   <si>
-    <t>Ubicazione all'interno/all'esterno di una zona di protezione delle acque sotterranee. Queste zone vengono designate dai Cantoni intorno alle sorgenti di acque sotterranee e alle installazioni di accumulo delle acque sotterranee, che sono di interesse pubblico e servono a proteggere le acque potabili. A dipendenza della zona di protezione, si applicano diverse limitazioni alla proprietà e requisiti di gestione rigorosi. La variabile riflette le categorie di zone di protezione applicabili dal 2016 in conformità all'art. 121 dell'Ordinanza sulla protezione delle acque (RS 814.201) e lo stato di designazione da parte dei Cantoni all'8 luglio 2022 (scaricare i dati da geodienste.ch). Stato dei dati: 8.7.2022 (Download von geodienste.ch).</t>
+    <t>Located in/outside a groundwater protection zone. The cantons demarcate groundwater protection zones around groundwater wells and groundwater recharging facilities to protect drinking water where this is in the public interest. The indicator variable combines the various protection zone categories in force since 2016 in accordance with Art. 121 of the Waters Protection Ordinance (SR 814.201) into one class. Data status: 8 July 2022 (download from geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1367851/549610</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">indicatore di zone di protezione delle acque sotterranee (2022)</t>
+            <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2638</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>