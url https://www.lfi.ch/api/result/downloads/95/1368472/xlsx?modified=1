--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Verjüngungsdeckungsgrad (6 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>grado di copertura della rinnovazione (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1368472/550231</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Verjüngungsdeckungsgrad (6 Klassen)</t>
+      <t xml:space="preserve">grado di copertura della rinnovazione (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #563</t>
     </r>
   </si>
   <si>
-    <t>Flächenanteil, der von Verjüngung, d.h. von Laub- und Nadelbäumen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD), überschirmt ist in sechs Klassen. Das Merkmal ist ab dem LFI2 (1993-1995) verfügbar. Grundlage: Feldaufnahme (MID 270: Verjüngungs-Deckungsgrad)</t>
+    <t>Percentuale della superficie coperta dalla rinnovazione, ossia dalle specie arboree di conifere e latifoglie a partire da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU), in 6 classi. Questo attributo è disponibile a partire dall'IFN2 (1993-1995). Fonte: rilievo sul terreno (MID 270: Verjüngungs-Deckungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,51 +739,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1778,51 +1778,51 @@
         <v>100.0</v>
       </c>
       <c r="AC20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD20" s="6">
         <v>100.0</v>
       </c>
       <c r="AE20" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1368472/550231</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1838,191 +1838,191 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Verjüngungsdeckungsgrad (6 Klassen)</t>
+            <t xml:space="preserve">grado di copertura della rinnovazione (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #563</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>