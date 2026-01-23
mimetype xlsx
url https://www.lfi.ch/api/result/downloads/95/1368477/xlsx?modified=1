--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Verjüngungsdeckungsgrad (6 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>grado di copertura della rinnovazione (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1368477/550236</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Verjüngungsdeckungsgrad (6 Klassen)</t>
+      <t xml:space="preserve">grado di copertura della rinnovazione (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #563</t>
     </r>
   </si>
   <si>
-    <t>Flächenanteil, der von Verjüngung, d.h. von Laub- und Nadelbäumen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD), überschirmt ist in sechs Klassen. Das Merkmal ist ab dem LFI2 (1993-1995) verfügbar. Grundlage: Feldaufnahme (MID 270: Verjüngungs-Deckungsgrad)</t>
+    <t>Percentuale della superficie coperta dalla rinnovazione, ossia dalle specie arboree di conifere e latifoglie a partire da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU), in 6 classi. Questo attributo è disponibile a partire dall'IFN2 (1993-1995). Fonte: rilievo sul terreno (MID 270: Verjüngungs-Deckungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1368477/550236</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Verjüngungsdeckungsgrad (6 Klassen)</t>
+            <t xml:space="preserve">grado di copertura della rinnovazione (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #563</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>