--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Starkholzbestand</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>old timber stand</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1369050/550809</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Starkholzbestand</t>
+      <t xml:space="preserve">old timber stand</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1283</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Waldbestände aufgrund des dominanten Brusthöhendurchmessers (BHDdom), d.h. der 100 stärksten (dicksten) stehenden lebenden Bäume pro Hektare, in Starkholzbestände (BHDdom über 50 cm) und keine Starkholzbestände (BHDdom bis 50 cm). Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Classification of forest stands according to the dominant diameter at breast height (dbhdom), i.e. the 100 largest (thickest) standing living trees per hectare, as: «old timber stand» (dbhdom &gt;50 cm) or «not old timber stand». Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>22</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1369050/550809</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Starkholzbestand</t>
+            <t xml:space="preserve">old timber stand</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1283</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>