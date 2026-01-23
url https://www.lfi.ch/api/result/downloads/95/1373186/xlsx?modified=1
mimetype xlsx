--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories) · harvesting of timber</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi) · esecuzione della raccolta del legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>harvesting of timber</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
+  </si>
+  <si>
+    <t>esecuzione della raccolta del legname</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>in-house harvesting</t>
-[...26 lines deleted...]
-    <t>private</t>
+    <t>a regia in proprio</t>
+  </si>
+  <si>
+    <t>imprenditore</t>
+  </si>
+  <si>
+    <t>abbattimento tramite imprenditore</t>
+  </si>
+  <si>
+    <t>allestimento tramite imprenditore</t>
+  </si>
+  <si>
+    <t>abbattimento e allestimento tramite imprenditore</t>
+  </si>
+  <si>
+    <t>esbosco tramite imprenditore</t>
+  </si>
+  <si>
+    <t>vendita in piedi</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1373186/554948</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">harvesting of timber</t>
+      <t xml:space="preserve">esecuzione della raccolta del legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #763</t>
     </r>
   </si>
   <si>
-    <t>Indication as to whether the timber harvesting (felling, processing, extraction and hauling) is carried out wholly or in part by the forest enterprise itself or by a contractor. If an intervention has been carried out since the last Inventory, the information is based on the actual type of operation; if no intervention has been carried out, it is based on the type of operation that the district forester thinks would have been carried out at the time of the current Inventory. Reference: Forest Service Survey (MID 351: Ausführung der Holzernte)</t>
+    <t>Indicazione, se la raccolta del legname (abbattimento, allestimento, esbosco, pre-trasporto) viene effettuata interamente o in parte a regia in proprio o da un imprenditore. Se è stato realizzato un intervento a partire dall'ultimo inventario, l'indicazione si basa sulla modalità effettivamente eseguita. Se per contro non è stato effettuato nessun intervento, essa si basa sul tipo di esecuzione che sarebbe stato preso in considerazione al momento dell'inventario attuale secondo la valutazione del forestale locale. Fonte: inchiesta presso il servizio forestale (MID 351: Ausführung der Holzernte)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2435,268 +2435,268 @@
         <v>100.0</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="6">
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1373186/554948</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">harvesting of timber</t>
+            <t xml:space="preserve">esecuzione della raccolta del legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #763</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:14" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>