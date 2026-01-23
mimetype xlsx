--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories) · harvesting of timber</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen) · Ausführung der Holzernte</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>harvesting of timber</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
+  </si>
+  <si>
+    <t>Ausführung der Holzernte</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>in-house harvesting</t>
-[...26 lines deleted...]
-    <t>private</t>
+    <t>Holzernte in Eigenregie</t>
+  </si>
+  <si>
+    <t>Holzernte durch Unternehmer</t>
+  </si>
+  <si>
+    <t>Fällen durch  Unternehmer</t>
+  </si>
+  <si>
+    <t>Aufrüsten durch Unternehmer</t>
+  </si>
+  <si>
+    <t>Fällen und Aufrüsten durch Unternehmer</t>
+  </si>
+  <si>
+    <t>Rücken durch Unternehmer</t>
+  </si>
+  <si>
+    <t>Stehendverkauf an Unternehmer</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1373189/554951</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">harvesting of timber</t>
+      <t xml:space="preserve">Ausführung der Holzernte</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #763</t>
     </r>
   </si>
   <si>
-    <t>Indication as to whether the timber harvesting (felling, processing, extraction and hauling) is carried out wholly or in part by the forest enterprise itself or by a contractor. If an intervention has been carried out since the last Inventory, the information is based on the actual type of operation; if no intervention has been carried out, it is based on the type of operation that the district forester thinks would have been carried out at the time of the current Inventory. Reference: Forest Service Survey (MID 351: Ausführung der Holzernte)</t>
+    <t>Angabe, ob die Holzernte (Fällen, Aufrüsten, Rücken, Vortransport) ganz oder teilweise in Eigenregie oder durch Unternehmer erfolgt. Fand seit der letzten Inventur ein Eingriff statt, beruht die Angabe auf der tatsächlichen Ausführungsart, erfolgte dagegen kein Eingriff, beruht sie auf der Ausführungsart, die gemäss Einschätzung des/der Revierförsters/-in bei einem Eingriff zum Zeitpunkt der aktuellen Inventur zum Zug gekommen wäre. Grundlage: Forstdienstbefragung (MID 351: Ausführung der Holzernte)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2668,270 +2668,270 @@
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="6">
         <v>100.0</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1373189/554951</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">harvesting of timber</t>
+            <t xml:space="preserve">Ausführung der Holzernte</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #763</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>