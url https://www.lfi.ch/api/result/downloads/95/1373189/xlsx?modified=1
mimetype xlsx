--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen) · Ausführung der Holzernte</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi) · esecuzione della raccolta del legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Ausführung der Holzernte</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
+  </si>
+  <si>
+    <t>esecuzione della raccolta del legname</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Holzernte in Eigenregie</t>
-[...26 lines deleted...]
-    <t>privat</t>
+    <t>a regia in proprio</t>
+  </si>
+  <si>
+    <t>imprenditore</t>
+  </si>
+  <si>
+    <t>abbattimento tramite imprenditore</t>
+  </si>
+  <si>
+    <t>allestimento tramite imprenditore</t>
+  </si>
+  <si>
+    <t>abbattimento e allestimento tramite imprenditore</t>
+  </si>
+  <si>
+    <t>esbosco tramite imprenditore</t>
+  </si>
+  <si>
+    <t>vendita in piedi</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1373189/554951</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ausführung der Holzernte</t>
+      <t xml:space="preserve">esecuzione della raccolta del legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #763</t>
     </r>
   </si>
   <si>
-    <t>Angabe, ob die Holzernte (Fällen, Aufrüsten, Rücken, Vortransport) ganz oder teilweise in Eigenregie oder durch Unternehmer erfolgt. Fand seit der letzten Inventur ein Eingriff statt, beruht die Angabe auf der tatsächlichen Ausführungsart, erfolgte dagegen kein Eingriff, beruht sie auf der Ausführungsart, die gemäss Einschätzung des/der Revierförsters/-in bei einem Eingriff zum Zeitpunkt der aktuellen Inventur zum Zug gekommen wäre. Grundlage: Forstdienstbefragung (MID 351: Ausführung der Holzernte)</t>
+    <t>Indicazione, se la raccolta del legname (abbattimento, allestimento, esbosco, pre-trasporto) viene effettuata interamente o in parte a regia in proprio o da un imprenditore. Se è stato realizzato un intervento a partire dall'ultimo inventario, l'indicazione si basa sulla modalità effettivamente eseguita. Se per contro non è stato effettuato nessun intervento, essa si basa sul tipo di esecuzione che sarebbe stato preso in considerazione al momento dell'inventario attuale secondo la valutazione del forestale locale. Fonte: inchiesta presso il servizio forestale (MID 351: Ausführung der Holzernte)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2668,270 +2668,270 @@
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="6">
         <v>100.0</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1373189/554951</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ausführung der Holzernte</t>
+            <t xml:space="preserve">esecuzione della raccolta del legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #763</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>