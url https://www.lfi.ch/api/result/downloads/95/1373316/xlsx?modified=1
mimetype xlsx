--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>propriété (2 classes) · réalisation de la récolte de bois</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>ownership (2 categories) · harvesting of timber</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>région de production</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Préalpes</t>
-[...14 lines deleted...]
-    <t>réalisation de la récolte de bois</t>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
+  </si>
+  <si>
+    <t>harvesting of timber</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>récolte des bois en régie propre</t>
-[...17 lines deleted...]
-    <t>vente sur pied à un entepreneur</t>
+    <t>in-house harvesting</t>
+  </si>
+  <si>
+    <t>harvest by contractor</t>
+  </si>
+  <si>
+    <t>felling by contractor</t>
+  </si>
+  <si>
+    <t>processing by contractor</t>
+  </si>
+  <si>
+    <t>felling and processing by contractor</t>
+  </si>
+  <si>
+    <t>extraction by contractor</t>
+  </si>
+  <si>
+    <t>sale of the standing timber to contractor</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>publique</t>
-[...2 lines deleted...]
-    <t>privée</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1373316/555079</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">propriété (2 classes)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Régime de propriété de la forêt, identifié à l'aide des deux classes «public» et «privé». Source: enquête auprès des services forestiers (MID 365: Propriété)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réalisation de la récolte de bois</t>
+      <t xml:space="preserve">harvesting of timber</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #763</t>
     </r>
   </si>
   <si>
-    <t>Indication si la récolte des bois (abattage, façonnage, débardage, pré-transport) a lieu entièrement ou partiellement en régie propre ou par des entreprises. Si une intervention a eu lieu depuis le dernier inventaire, l'indication est basée sur le mode de réalisation effectif. Si aucune intervention n'a eu lieu, l'indication est basée sur le mode de réalisation qui, selon l'évaluation du forestier/de la forestière de district, aurait été utilisé en cas d'intervention au moment de l'inventaire en cours. Source: enquête auprès des services forestiers (MID 351: Exécution de la récolte de bois)</t>
+    <t>Indication as to whether the timber harvesting (felling, processing, extraction and hauling) is carried out wholly or in part by the forest enterprise itself or by a contractor. If an intervention has been carried out since the last Inventory, the information is based on the actual type of operation; if no intervention has been carried out, it is based on the type of operation that the district forester thinks would have been carried out at the time of the current Inventory. Reference: Forest Service Survey (MID 351: Ausführung der Holzernte)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,51 +756,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -2435,268 +2435,268 @@
         <v>158.8</v>
       </c>
       <c r="L48" s="6">
         <v>2</v>
       </c>
       <c r="M48" s="6">
         <v>1211.5</v>
       </c>
       <c r="N48" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1373316/555079</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">propriété (2 classes)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réalisation de la récolte de bois</t>
+            <t xml:space="preserve">harvesting of timber</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #763</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:14" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>