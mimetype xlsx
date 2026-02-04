--- v0 (2025-12-18)
+++ v1 (2026-02-04)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1373414/555176</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>50.2</v>
       </c>
       <c r="AY20" s="6">
         <v>7</v>
       </c>
       <c r="AZ20" s="6">
         <v>1270.3</v>
       </c>
       <c r="BA20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1373414/555176</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>