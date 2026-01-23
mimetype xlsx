--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>development stage</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>stadio di sviluppo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>nessuna indicazione</t>
+  </si>
+  <si>
+    <t>novelleto/spessina</t>
+  </si>
+  <si>
+    <t>perticaia</t>
+  </si>
+  <si>
+    <t>fustaia giovane</t>
+  </si>
+  <si>
+    <t>fustaia adulta</t>
+  </si>
+  <si>
+    <t>fustaia matura</t>
+  </si>
+  <si>
+    <t>misto</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1374230/555992</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">development stage</t>
+      <t xml:space="preserve">stadio di sviluppo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
+    <t>Tappa nell'evoluzione di un popolamento, definito in base al diametro dominante (DPUdom = DPU dei 100 alberi più grossi ad ettaro). Novelleto/spessina: DPUdom &lt;12 cm, perticaia: DPUdom 12-30 cm, fustaia giovane: DPUdom 31-40 cm, fustaia adulta: DPUdom 41-50 cm, fustaia matura: DPUdom &gt;50 cm, misto: alberi di diversi stadi di sviluppo, nessuno stadio di sviluppo predominante oppure gruppi di diversi stadi di sviluppo più piccoli di 5 are. Fonte: rilievo sul terreno (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1190,233 +1190,233 @@
         <v>449</v>
       </c>
       <c r="K20" s="6">
         <v>4</v>
       </c>
       <c r="L20" s="6">
         <v>400</v>
       </c>
       <c r="M20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1374230/555992</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">development stage</t>
+            <t xml:space="preserve">stadio di sviluppo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>