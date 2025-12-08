--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Durchmesser liegendes Totholz (4 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>deadwood volume (merch. wood without piles of branches), lying</t>
+  </si>
+  <si>
+    <t>diameter of lying deadwood (4 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>7-20 cm</t>
   </si>
   <si>
     <t>20.1-30 cm</t>
   </si>
   <si>
     <t>30.1-40 cm</t>
   </si>
   <si>
     <t>&gt;40 cm</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1375781/557543</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
+      <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
+    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable wood pieces in heaps of branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Durchmesser liegendes Totholz (4 Klassen)</t>
+      <t xml:space="preserve">diameter of lying deadwood (4 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2678</t>
     </r>
   </si>
   <si>
-    <t>Durchmesser des liegenden Totholzes in vier Klassen. Grundlage: Feldaufnahme (MID 459: Durchmesser 1, MID 460: Durchmesser 2)</t>
+    <t>Diameter of lying deadwood – in 4 classes. Reference: Field Survey (MID 459: Durchmesser 1, MID 460: Durchmesser 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6">
         <v>100.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1375781/557543</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
+            <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Durchmesser liegendes Totholz (4 Klassen)</t>
+            <t xml:space="preserve">diameter of lying deadwood (4 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2678</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>