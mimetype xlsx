--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diameter of lying deadwood (4 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
+  </si>
+  <si>
+    <t>diametro del legno morto a terra (4 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>7-20 cm</t>
   </si>
   <si>
     <t>20.1-30 cm</t>
   </si>
   <si>
     <t>30.1-40 cm</t>
   </si>
   <si>
     <t>&gt;40 cm</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1375781/557543</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
+      <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable wood pieces in heaps of branches.</t>
+    <t>Volume di legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter of lying deadwood (4 classes)</t>
+      <t xml:space="preserve">diametro del legno morto a terra (4 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2678</t>
     </r>
   </si>
   <si>
-    <t>Diameter of lying deadwood – in 4 classes. Reference: Field Survey (MID 459: Durchmesser 1, MID 460: Durchmesser 2)</t>
+    <t>Diametro del legno morto a terra in quattro classi. Fonte: rilievo sul terreno (MID 459: Durchmesser 1, MID 460: Durchmesser 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6">
         <v>100.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1375781/557543</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
+            <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter of lying deadwood (4 classes)</t>
+            <t xml:space="preserve">diametro del legno morto a terra (4 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2678</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>