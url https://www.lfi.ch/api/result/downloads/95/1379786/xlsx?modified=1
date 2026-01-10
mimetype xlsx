--- v0 (2025-11-17)
+++ v1 (2026-01-10)
@@ -12,454 +12,451 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
-[...7 lines deleted...]
-    <t>Schutzwald gegen Hangmuren/Rutschungen (2022) · Grössenklasse (Jungwald; 5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+  <si>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti del bosco giovane con brucatura diviso per numero di fusti del bosco giovane con rilievo della brucatura</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022) · classe di dimensione (bosco giovane; 5 classi) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zellentotal</t>
+      <t xml:space="preserve">: %, totale celle</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...17 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022)</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>kein Angabe</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>BHD 8-11.9 cm</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>altezza 10-39 cm</t>
+  </si>
+  <si>
+    <t>altezza 40-129 cm</t>
+  </si>
+  <si>
+    <t>DPU 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1379786/561548</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jungwaldstammzahl mit Verbiss</t>
+      <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #404</t>
     </r>
   </si>
   <si>
-    <t>Anzahl der Nadel- und Laubbäume mit einer Höhe von 10 bis 129 cm Höhe, bei denen ein Verbiss des Vorjahrestriebes festgestellt wurde. Aufgrund einer anderen Ansprache der Verbissspuren wurde die Verbissintensität im LFI2 im Vergleich zur Methode ab LFI4 überschätzt. Somit können in Vergleichen mit dem LFI2 nur Zunahmen der Verbissintensität gesichert festgestellt werden. Für eine verlässliche Schätzung sollten pro Schätzwert (Tabellenzelle) mindestens 30 Individuen auf Verbiss beurteilt worden sein. Daher sollten auch die entsprechenden Tabellen mit der Zielgrösse "Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)" konsultiert werden.</t>
+    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stata constatata una morsicatura del getto dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jungwaldstammzahl mit Verbissansprache</t>
+      <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #405</t>
     </r>
   </si>
   <si>
-    <t>Anzahl der Nadel- und Laubbäume mit einer Höhe von 10 bis 129 cm Höhe, bei denen der Zustand des Vorjahrestriebes hinsichtlich Verbiss beurteilt wurde. Aufgrund einer anderen Ansprache der Verbissspuren wurde die Verbissintensität im LFI2 im Vergleich zur Methode ab LFI4 überschätzt. Somit können in Vergleichen mit dem LFI2 nur Zunahmen der Verbissintensität gesichert festgestellt werden. Für eine verlässliche Schätzung sollten pro Schätzwert (Tabellenzelle) mindestens 30 Individuen auf Verbiss beurteilt worden sein. Daher sollten auch die entsprechenden Tabellen mit der Zielgrösse "Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)" konsultiert werden.</t>
+    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stato valutato lo stato della gemma terminale dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Hangmuren/Rutschungen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1876</t>
     </r>
   </si>
   <si>
-    <t>Bestockbarer Teil des zugänglichen Waldes ohne Gebüschwald (also zugänglicher Wald ohne Gebüschwald ohne Fläche von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen usw.).</t>
+    <t>Parte potenzialmente boscabile del bosco accessibile esclusi gli arbusteti (ossia bosco accessibile esclusi gli arbusteti, senza l'area delle strade forestali, delle strutture ricreative, dei torrenti, dei canali valangari, ecc.).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -811,52 +808,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -920,1359 +917,1359 @@
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>0.0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E19" s="6">
         <v>0.0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G19" s="6">
         <v>0.0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E20" s="6">
         <v>0.0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G20" s="6">
         <v>0.0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C22" s="6">
         <v>0.0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E22" s="6">
         <v>11.2</v>
       </c>
       <c r="F22" s="6">
         <v>7.7</v>
       </c>
       <c r="G22" s="6">
         <v>11.2</v>
       </c>
       <c r="H22" s="6">
         <v>7.7</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C23" s="6">
         <v>28.5</v>
       </c>
       <c r="D23" s="6">
         <v>11.2</v>
       </c>
       <c r="E23" s="6">
         <v>14.7</v>
       </c>
       <c r="F23" s="6">
         <v>3.7</v>
       </c>
       <c r="G23" s="6">
         <v>15.1</v>
       </c>
       <c r="H23" s="6">
         <v>3.6</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C24" s="6">
         <v>13.0</v>
       </c>
       <c r="D24" s="6">
         <v>7.1</v>
       </c>
       <c r="E24" s="6">
         <v>28.8</v>
       </c>
       <c r="F24" s="6">
         <v>4.2</v>
       </c>
       <c r="G24" s="6">
         <v>21.3</v>
       </c>
       <c r="H24" s="6">
         <v>5.5</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C25" s="6">
         <v>19.7</v>
       </c>
       <c r="D25" s="6">
         <v>4.7</v>
       </c>
       <c r="E25" s="6">
         <v>16.3</v>
       </c>
       <c r="F25" s="6">
         <v>1.5</v>
       </c>
       <c r="G25" s="6">
         <v>16.6</v>
       </c>
       <c r="H25" s="6">
         <v>1.4</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C26" s="6">
         <v>15.6</v>
       </c>
       <c r="D26" s="6">
         <v>7.0</v>
       </c>
       <c r="E26" s="6">
         <v>9.8</v>
       </c>
       <c r="F26" s="6">
         <v>1.2</v>
       </c>
       <c r="G26" s="6">
         <v>10.1</v>
       </c>
       <c r="H26" s="6">
         <v>1.2</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C27" s="6">
         <v>11.6</v>
       </c>
       <c r="D27" s="6">
         <v>5.6</v>
       </c>
       <c r="E27" s="6">
         <v>20.2</v>
       </c>
       <c r="F27" s="6">
         <v>4.2</v>
       </c>
       <c r="G27" s="6">
         <v>19.1</v>
       </c>
       <c r="H27" s="6">
         <v>3.7</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="6">
         <v>15.8</v>
       </c>
       <c r="D28" s="6">
         <v>3.7</v>
       </c>
       <c r="E28" s="6">
         <v>14.3</v>
       </c>
       <c r="F28" s="6">
         <v>0.9</v>
       </c>
       <c r="G28" s="6">
         <v>14.5</v>
       </c>
       <c r="H28" s="6">
         <v>0.9</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C30" s="6">
         <v>0.0</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E30" s="6">
         <v>13.1</v>
       </c>
       <c r="F30" s="6">
         <v>5.9</v>
       </c>
       <c r="G30" s="6">
         <v>12.8</v>
       </c>
       <c r="H30" s="6">
         <v>5.8</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C31" s="6">
         <v>0.0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E31" s="6">
         <v>13.6</v>
       </c>
       <c r="F31" s="6">
         <v>3.2</v>
       </c>
       <c r="G31" s="6">
         <v>13.4</v>
       </c>
       <c r="H31" s="6">
         <v>3.2</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C32" s="6">
         <v>23.2</v>
       </c>
       <c r="D32" s="6">
         <v>9.1</v>
       </c>
       <c r="E32" s="6">
         <v>23.9</v>
       </c>
       <c r="F32" s="6">
         <v>3.9</v>
       </c>
       <c r="G32" s="6">
         <v>23.8</v>
       </c>
       <c r="H32" s="6">
         <v>3.6</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C33" s="6">
         <v>21.6</v>
       </c>
       <c r="D33" s="6">
         <v>7.9</v>
       </c>
       <c r="E33" s="6">
         <v>15.5</v>
       </c>
       <c r="F33" s="6">
         <v>1.7</v>
       </c>
       <c r="G33" s="6">
         <v>16.0</v>
       </c>
       <c r="H33" s="6">
         <v>1.7</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C34" s="6">
         <v>8.7</v>
       </c>
       <c r="D34" s="6">
         <v>5.3</v>
       </c>
       <c r="E34" s="6">
         <v>13.4</v>
       </c>
       <c r="F34" s="6">
         <v>1.7</v>
       </c>
       <c r="G34" s="6">
         <v>13.0</v>
       </c>
       <c r="H34" s="6">
         <v>1.7</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C35" s="6">
         <v>31.1</v>
       </c>
       <c r="D35" s="6">
         <v>16.2</v>
       </c>
       <c r="E35" s="6">
         <v>27.4</v>
       </c>
       <c r="F35" s="6">
         <v>9.3</v>
       </c>
       <c r="G35" s="6">
         <v>28.5</v>
       </c>
       <c r="H35" s="6">
         <v>8.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="6">
         <v>18.3</v>
       </c>
       <c r="D36" s="6">
         <v>5.1</v>
       </c>
       <c r="E36" s="6">
         <v>15.5</v>
       </c>
       <c r="F36" s="6">
         <v>1.1</v>
       </c>
       <c r="G36" s="6">
         <v>15.7</v>
       </c>
       <c r="H36" s="6">
         <v>1.1</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C37" s="6">
         <v>0.0</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E37" s="6">
         <v>0.0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G37" s="6">
         <v>0.0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C38" s="6">
         <v>0.0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E38" s="6">
         <v>0.0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G38" s="6">
         <v>0.0</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C39" s="6">
         <v>0.0</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E39" s="6">
         <v>0.0</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G39" s="6">
         <v>0.0</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C40" s="6">
         <v>0.0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E40" s="6">
         <v>0.0</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G40" s="6">
         <v>0.0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C41" s="6">
         <v>0.0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E41" s="6">
         <v>0.0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6">
         <v>0.0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C42" s="6">
         <v>0.0</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E42" s="6">
         <v>0.0</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G42" s="6">
         <v>0.0</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="5"/>
       <c r="B43" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C43" s="6">
         <v>0.0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E43" s="6">
         <v>0.0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G43" s="6">
         <v>0.0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="6">
         <v>0.0</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E44" s="6">
         <v>0.0</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G44" s="6">
         <v>0.0</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C45" s="6">
         <v>0.0</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E45" s="6">
         <v>0.0</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G45" s="6">
         <v>0.0</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C46" s="6">
         <v>0.0</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E46" s="6">
         <v>0.0</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G46" s="6">
         <v>0.0</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C47" s="6">
         <v>0.0</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E47" s="6">
         <v>0.0</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G47" s="6">
         <v>0.0</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C48" s="6">
         <v>0.0</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E48" s="6">
         <v>0.0</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6">
         <v>0.0</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C49" s="6">
         <v>0.0</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E49" s="6">
         <v>0.0</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G49" s="6">
         <v>0.0</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C50" s="6">
         <v>0.0</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E50" s="6">
         <v>0.0</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G50" s="6">
         <v>0.0</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C51" s="6">
         <v>0.0</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E51" s="6">
         <v>0.0</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G51" s="6">
         <v>0.0</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C52" s="6">
         <v>0.0</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E52" s="6">
         <v>0.0</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G52" s="6">
         <v>0.0</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C53" s="6">
         <v>0.0</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E53" s="6">
         <v>0.0</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G53" s="6">
         <v>0.0</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C54" s="6">
         <v>0.0</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E54" s="6">
         <v>0.0</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G54" s="6">
         <v>0.0</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C55" s="6">
         <v>0.0</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E55" s="6">
         <v>0.0</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G55" s="6">
         <v>0.0</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C56" s="6">
         <v>0.0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E56" s="6">
         <v>0.0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G56" s="6">
         <v>0.0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C57" s="6">
         <v>0.0</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E57" s="6">
         <v>0.0</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G57" s="6">
         <v>0.0</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="5"/>
       <c r="B58" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C58" s="6">
         <v>0.0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E58" s="6">
         <v>0.0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G58" s="6">
         <v>0.0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C59" s="6">
         <v>0.0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E59" s="6">
         <v>0.0</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G59" s="6">
         <v>0.0</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C60" s="6">
         <v>0.0</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E60" s="6">
         <v>0.0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G60" s="6">
         <v>0.0</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C61" s="6">
         <v>0.0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E61" s="6">
         <v>0.0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6">
         <v>0.0</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C62" s="6">
         <v>0.0</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6">
         <v>12.1</v>
       </c>
       <c r="F62" s="6">
         <v>5.3</v>
       </c>
       <c r="G62" s="6">
         <v>12.0</v>
       </c>
       <c r="H62" s="6">
         <v>5.2</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C63" s="6">
         <v>23.6</v>
       </c>
       <c r="D63" s="6">
         <v>9.3</v>
       </c>
       <c r="E63" s="6">
         <v>14.4</v>
       </c>
       <c r="F63" s="6">
         <v>3.0</v>
       </c>
       <c r="G63" s="6">
         <v>14.6</v>
       </c>
       <c r="H63" s="6">
         <v>3.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C64" s="6">
         <v>13.8</v>
       </c>
       <c r="D64" s="6">
         <v>7.0</v>
       </c>
       <c r="E64" s="6">
         <v>27.3</v>
       </c>
       <c r="F64" s="6">
         <v>3.3</v>
       </c>
       <c r="G64" s="6">
         <v>21.8</v>
       </c>
       <c r="H64" s="6">
         <v>4.6</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C65" s="6">
         <v>20.2</v>
       </c>
       <c r="D65" s="6">
         <v>5.2</v>
       </c>
       <c r="E65" s="6">
         <v>16.1</v>
       </c>
       <c r="F65" s="6">
         <v>1.3</v>
       </c>
       <c r="G65" s="6">
         <v>16.4</v>
       </c>
       <c r="H65" s="6">
         <v>1.3</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C66" s="6">
         <v>13.7</v>
       </c>
       <c r="D66" s="6">
         <v>5.6</v>
       </c>
       <c r="E66" s="6">
         <v>10.6</v>
       </c>
       <c r="F66" s="6">
         <v>1.2</v>
       </c>
       <c r="G66" s="6">
         <v>10.8</v>
       </c>
       <c r="H66" s="6">
         <v>1.2</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C67" s="6">
         <v>17.1</v>
       </c>
       <c r="D67" s="6">
         <v>7.3</v>
       </c>
       <c r="E67" s="6">
         <v>21.1</v>
       </c>
       <c r="F67" s="6">
         <v>4.2</v>
       </c>
       <c r="G67" s="6">
         <v>20.5</v>
       </c>
       <c r="H67" s="6">
         <v>3.7</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
         <v>11</v>
       </c>
@@ -2286,351 +2283,351 @@
         <v>14.6</v>
       </c>
       <c r="F68" s="6">
         <v>0.9</v>
       </c>
       <c r="G68" s="6">
         <v>14.7</v>
       </c>
       <c r="H68" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1379786/561548</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jungwaldstammzahl mit Verbiss</t>
+            <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jungwaldstammzahl mit Verbissansprache</t>
+            <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #405</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="29">
       <c r="A91" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="94" spans="1:8" customHeight="1" ht="29">
       <c r="A94" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="A13:A20"/>
     <mergeCell ref="A21:A28"/>
     <mergeCell ref="A29:A36"/>
     <mergeCell ref="A37:A44"/>
     <mergeCell ref="A45:A52"/>
     <mergeCell ref="A53:A60"/>
     <mergeCell ref="A61:A68"/>
     <mergeCell ref="A69:H69"/>
     <mergeCell ref="A72:H72"/>