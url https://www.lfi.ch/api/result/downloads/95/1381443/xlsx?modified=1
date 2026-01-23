--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI3–LFI4</t>
-[...5 lines deleted...]
-    <t>Mischungsgrad (terrestrisch)</t>
+    <t>NFI3–NFI4</t>
+  </si>
+  <si>
+    <t>increment (gross increment)</t>
+  </si>
+  <si>
+    <t>degree of mixture (terrestrial)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI3/NFI4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2004/06–2009/17</t>
-[...50 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>change 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelwald rein</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>pure conifer forest</t>
+  </si>
+  <si>
+    <t>mixed conifer forest</t>
+  </si>
+  <si>
+    <t>mixed broadleaf forest</t>
+  </si>
+  <si>
+    <t>pure broadleaf forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1381443/563205</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
+      <t xml:space="preserve">increment (gross increment)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode.</t>
+    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+      <t xml:space="preserve">degree of mixture (terrestrial)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
+    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI3 (2004-2006) als auch im LFI4 (2009-2017) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI3 (2004-2006) and NFI4 (2009-2017) and could be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,80 +733,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1582,51 +1582,51 @@
         <v>6.1</v>
       </c>
       <c r="AC18" s="6">
         <v>5</v>
       </c>
       <c r="AD18" s="6">
         <v>9.3</v>
       </c>
       <c r="AE18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1381443/563205</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1642,191 +1642,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
+            <t xml:space="preserve">increment (gross increment)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+            <t xml:space="preserve">degree of mixture (terrestrial)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>