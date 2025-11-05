--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>zones supérieures/inférieures</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Derbholz), liegend</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...30 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zones inférieures</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1382349/564111</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume de bois mort (bois fort), à terre</t>
+      <t xml:space="preserve">Totholzvolumen (Derbholz), liegend</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #417</t>
     </r>
   </si>
   <si>
-    <t>Volume du bois mort à terre d'au moins 7 cm de diamètre (bois fort) y compris les morceaux de bois fort dans les tas de branches.</t>
+    <t>Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz), inklusive Derbholzstücken in Asthaufen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zones supérieures/inférieures</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>21.4</v>
       </c>
       <c r="M16" s="6">
         <v>11</v>
       </c>
       <c r="N16" s="6">
         <v>29.8</v>
       </c>
       <c r="O16" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1382349/564111</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume de bois mort (bois fort), à terre</t>
+            <t xml:space="preserve">Totholzvolumen (Derbholz), liegend</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #417</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zones supérieures/inférieures</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>