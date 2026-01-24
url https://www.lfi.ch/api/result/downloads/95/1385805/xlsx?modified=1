--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN2–IFN3</t>
-[...5 lines deleted...]
-    <t>specie arborea (5 classi)</t>
+    <t>NFI2–NFI3</t>
+  </si>
+  <si>
+    <t>mortality</t>
+  </si>
+  <si>
+    <t>tree species (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/anno</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>1000 m³/anno</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>change 1993/95–2004/06</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...17 lines deleted...]
-    <t>totale</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1385805/567577</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mortalità</t>
+      <t xml:space="preserve">mortality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che, tra due inventari successivi, sono morti per cause naturali (ad es. tempesta di vento o insetti) o sono scomparsi (ad es. in seguito a valanghe), ma che non sono stati utilizzati nel quadro di interventi selvicolturali. La mortalità è la somma degli alberi scomparsi naturalmente e della mortalità rimanente.</t>
+    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea (5 classi)</t>
+      <t xml:space="preserve">tree species (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Specie arboree e arbustive a partire da 12 cm di diametro a petto d'uomo (DPU) con singole categorie per le tre specie o gruppi di specie più comuni in Svizzera (abete rosso - Picea spp.; abete bianco - Abies spp.; faggio - Fagus sylvatica) e le categorie «altre conifere» e «altre latifoglie» per le altre specie. Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,62 +712,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1193,233 +1193,233 @@
         <v>140</v>
       </c>
       <c r="K20" s="6">
         <v>15</v>
       </c>
       <c r="L20" s="6">
         <v>1872</v>
       </c>
       <c r="M20" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1385805/567577</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mortalità</t>
+            <t xml:space="preserve">mortality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea (5 classi)</t>
+            <t xml:space="preserve">tree species (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>