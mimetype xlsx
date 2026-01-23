--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>IFN3–IFN4</t>
-[...5 lines deleted...]
-    <t>specie arborea (5 classi)</t>
+    <t>NFI3–NFI4</t>
+  </si>
+  <si>
+    <t>mortality</t>
+  </si>
+  <si>
+    <t>tree species (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/anno</t>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>variazione 2004/06–2009/17</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>change 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
-[...2 lines deleted...]
-    <t>m³/ha/anno</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...17 lines deleted...]
-    <t>totale</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1385821/567593</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mortalità</t>
+      <t xml:space="preserve">mortality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che, tra due inventari successivi, sono morti per cause naturali (ad es. tempesta di vento o insetti) o sono scomparsi (ad es. in seguito a valanghe), ma che non sono stati utilizzati nel quadro di interventi selvicolturali. La mortalità è la somma degli alberi scomparsi naturalmente e della mortalità rimanente.</t>
+    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea (5 classi)</t>
+      <t xml:space="preserve">tree species (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Specie arboree e arbustive a partire da 12 cm di diametro a petto d'uomo (DPU) con singole categorie per le tre specie o gruppi di specie più comuni in Svizzera (abete rosso - Picea spp.; abete bianco - Abies spp.; faggio - Fagus sylvatica) e le categorie «altre conifere» e «altre latifoglie» per le altre specie. Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,102 +772,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -2493,51 +2493,51 @@
         <v>1.0</v>
       </c>
       <c r="AY20" s="6">
         <v>25</v>
       </c>
       <c r="AZ20" s="6">
         <v>1.4</v>
       </c>
       <c r="BA20" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1385821/567593</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mortalità</t>
+            <t xml:space="preserve">mortality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea (5 classi)</t>
+            <t xml:space="preserve">tree species (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>