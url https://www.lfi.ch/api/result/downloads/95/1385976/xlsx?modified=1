--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Waldranddichte</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>density of forest edge</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>offen (0-25% geschlossen)</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>open (0-25% closed)</t>
+  </si>
+  <si>
+    <t>sparse (26-50% closed)</t>
+  </si>
+  <si>
+    <t>loose (51-75% closed)</t>
+  </si>
+  <si>
+    <t>dense (76-100% closed)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1385976/567748</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldranddichte</t>
+      <t xml:space="preserve">density of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #584</t>
     </r>
   </si>
   <si>
-    <t>Dichte von Waldmantel und Strauchgürtel vom Boden bis in eine Höhe von 2 m in belaubtem Zustand in vier Klassen. Grundlage: Feldaufnahme (MID 43: Waldranddichte)</t>
+    <t>Density of shelterbelt (forest mantle) and shrub belt with foliage from the ground to a height of 2 m - in four classes. Reference: Field Survey (MID: 43: Waldranddichte)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1582,51 +1582,51 @@
         <v>100.0</v>
       </c>
       <c r="AC18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD18" s="6">
         <v>100.0</v>
       </c>
       <c r="AE18" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1385976/567748</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1642,191 +1642,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldranddichte</t>
+            <t xml:space="preserve">density of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #584</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>