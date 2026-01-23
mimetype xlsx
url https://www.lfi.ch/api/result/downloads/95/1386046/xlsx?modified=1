--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>width of shelterbelt</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Waldmantelbreite</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no shelter belt</t>
+    <t>kein Waldmantel</t>
   </si>
   <si>
     <t>=2 m</t>
   </si>
   <si>
     <t>3-4 m</t>
   </si>
   <si>
     <t>5-6 m</t>
   </si>
   <si>
     <t xml:space="preserve">=7 m </t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386046/567818</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">width of shelterbelt</t>
+      <t xml:space="preserve">Waldmantelbreite</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287</t>
     </r>
   </si>
   <si>
-    <t>Width of the shelterbelt (forest mantle), i.e. the part of the forest edge consisting of single individuals or graded rows of typical edge trees, i.e. trees with crowns that are one-sided and rather long – in four classes. Reference: Field Survey (MID 38: Waldmantelbreite)</t>
+    <t>Breite des Waldmantels, d.h. des Teils des Waldrands, der aus einzelnen Individuen oder abgestuften Reihen von typischen Randbäumen (d.h. Bäumen mit einseitigen und eher langen Kronen) besteht, in vier Klassen. Grundlage: Feldaufnahme (MID 38: Waldmantelbreite)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,51 +739,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1683,51 +1683,51 @@
         <v>100.0</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AD19" s="7">
         <v>100.0</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386046/567818</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1743,191 +1743,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">width of shelterbelt</t>
+            <t xml:space="preserve">Waldmantelbreite</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>