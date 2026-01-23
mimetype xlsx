--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>aspect (5 classes) · traces of rockfall</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Exposition (5 Klassen) · Spuren von Steinschlag</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>traces of rockfall</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Exposition (5 Klassen)</t>
+  </si>
+  <si>
+    <t>Spuren von Steinschlag</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>present</t>
-[...8 lines deleted...]
-    <t>indetermined</t>
+    <t>vorhanden</t>
+  </si>
+  <si>
+    <t>nicht vorhanden</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>unbestimmt</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
-    <t>E</t>
+    <t>O</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386584/568356</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">aspect (5 classes)</t>
+      <t xml:space="preserve">Exposition (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1033</t>
     </r>
   </si>
   <si>
-    <t>Aspect, classified into the following five classes: North, East, South, West and indeterminate. «Indeterminate» means that the slope is ≤10%. Reference: Field Survey (MID 191: Azimut der Exposition)</t>
+    <t>Exposition gemäss folgenden fünf Klassen: Nord, Ost, Süd, West und unbestimmt. «Unbestimmt» bedeutet, dass die Hangneigung ≤10% beträgt. Grundlage: Feldaufnahme (MID 191: Azimut der Exposition)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">traces of rockfall</t>
+      <t xml:space="preserve">Spuren von Steinschlag</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #26</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current traces of rockfall on the interpretation plot (50 × 50 m). Reference: Field Survey (MID 195: Steinschlag)</t>
+    <t>Probeflächen mit/ohne aktuelle Spuren von Stein- oder Blockschlag auf der Interpretationsfläche (50 × 50 m). Grundlage: Feldaufnahme (MID 195: Steinschlag)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2284,270 +2284,270 @@
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386584/568356</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">aspect (5 classes)</t>
+            <t xml:space="preserve">Exposition (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1033</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">traces of rockfall</t>
+            <t xml:space="preserve">Spuren von Steinschlag</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #26</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>