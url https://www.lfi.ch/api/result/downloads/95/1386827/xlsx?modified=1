--- v0 (2025-11-04)
+++ v1 (2026-01-11)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Wald ohne Gebüschwald, Gebüschwald · Waldfunktion Schutz gegen Naturgefahren</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest · forest function «protection against natural hazards»</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...20 lines deleted...]
-    <t>Waldfunktion Schutz gegen Naturgefahren</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest</t>
+  </si>
+  <si>
+    <t>forest function «protection against natural hazards»</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...11 lines deleted...]
-    <t>Gebüschwald</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386827/568599</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Schutz gegen Naturgefahren</t>
+      <t xml:space="preserve">forest function «protection against natural hazards»</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1754</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Schutz gegen Naturgefahren» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Unter «Naturgefahren» werden Lawinen, Steinschlag, Hangmuren, Rutschungen oder Gerinneprozesse verstanden. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presence of the forest function «protection against natural hazards» according to forest plans or an assessment by the local forest service. The term «natural hazards» refers to avalanches, rockfall, landslides, landslides and channel processes. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,52 +744,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="64.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1693,270 +1693,270 @@
         <v>100.0</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O28" s="6">
         <v>100.0</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386827/568599</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
       <c r="P29" s="3"/>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Schutz gegen Naturgefahren</t>
+            <t xml:space="preserve">forest function «protection against natural hazards»</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1754</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>