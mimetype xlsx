--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stumps and lying deadwood</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Stöcke und liegendes Totholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>present</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t xml:space="preserve">vorhanden </t>
+  </si>
+  <si>
+    <t>nicht vorhanden</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386958/568730</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stumps and lying deadwood</t>
+      <t xml:space="preserve">Stöcke und liegendes Totholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #459</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without stumps and lying deadwood on the interpretation area. «With» applies if there are at least five tree stumps ≥30 cm in diameter and 20 cm in height or a lying tree ≥30 cm in diameter at breast height (dbh) on the interpretation area. Reference: Field Survey (MID 210: Stöcke)</t>
+    <t>Probeflächen mit/ohne Stöcke und liegendem Totholz auf der Interpretationsfläche. «mit» ist gegeben, wenn auf der Interpretationsfläche mindestens fünf Baumstöcke ab 30 cm Durchmesser und 20 cm Höhe oder ein liegender Baum von 30 cm Brusthöhendurchmesser (BHD) vorhanden ist. Grundlage: Feldaufnahme (MID 210: Stöcke)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386958/568730</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stumps and lying deadwood</t>
+            <t xml:space="preserve">Stöcke und liegendes Totholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #459</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>