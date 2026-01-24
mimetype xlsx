--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>ceppaie e legno morto a terra</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Stöcke und liegendes Totholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>presenti</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t xml:space="preserve">vorhanden </t>
+  </si>
+  <si>
+    <t>nicht vorhanden</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386960/568732</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ceppaie e legno morto a terra</t>
+      <t xml:space="preserve">Stöcke und liegendes Totholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #459</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio con/senza ceppaie e legno morto a terra sull'area di interpretazione (50 x 50 m). «con» è dato, quando sull'area di interpretazione sono presenti almeno cinque ceppaie di almeno 30 cm di diametro e 20 cm di altezza oppure un albero a terra di almeno 30 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 210: Stöcke)</t>
+    <t>Probeflächen mit/ohne Stöcke und liegendem Totholz auf der Interpretationsfläche. «mit» ist gegeben, wenn auf der Interpretationsfläche mindestens fünf Baumstöcke ab 30 cm Durchmesser und 20 cm Höhe oder ein liegender Baum von 30 cm Brusthöhendurchmesser (BHD) vorhanden ist. Grundlage: Feldaufnahme (MID 210: Stöcke)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386960/568732</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ceppaie e legno morto a terra</t>
+            <t xml:space="preserve">Stöcke und liegendes Totholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #459</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>