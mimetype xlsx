--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Stöcke und liegendes Totholz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>ceppaie e legno morto a terra</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">vorhanden </t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>presenti</t>
+  </si>
+  <si>
+    <t>non presenti</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386964/568736</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stöcke und liegendes Totholz</t>
+      <t xml:space="preserve">ceppaie e legno morto a terra</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #459</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Stöcke und liegendem Totholz auf der Interpretationsfläche. «mit» ist gegeben, wenn auf der Interpretationsfläche mindestens fünf Baumstöcke ab 30 cm Durchmesser und 20 cm Höhe oder ein liegender Baum von 30 cm Brusthöhendurchmesser (BHD) vorhanden ist. Grundlage: Feldaufnahme (MID 210: Stöcke)</t>
+    <t>Aree di saggio con/senza ceppaie e legno morto a terra sull'area di interpretazione (50 x 50 m). «con» è dato, quando sull'area di interpretazione sono presenti almeno cinque ceppaie di almeno 30 cm di diametro e 20 cm di altezza oppure un albero a terra di almeno 30 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 210: Stöcke)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386964/568736</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stöcke und liegendes Totholz</t>
+            <t xml:space="preserve">ceppaie e legno morto a terra</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #459</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>