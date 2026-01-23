--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>ceppaie e legno morto a terra</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>stumps and lying deadwood</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>presenti</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>present</t>
+  </si>
+  <si>
+    <t>not present</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1386964/568736</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ceppaie e legno morto a terra</t>
+      <t xml:space="preserve">stumps and lying deadwood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #459</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio con/senza ceppaie e legno morto a terra sull'area di interpretazione (50 x 50 m). «con» è dato, quando sull'area di interpretazione sono presenti almeno cinque ceppaie di almeno 30 cm di diametro e 20 cm di altezza oppure un albero a terra di almeno 30 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 210: Stöcke)</t>
+    <t>Sample plots with/without stumps and lying deadwood on the interpretation area. «With» applies if there are at least five tree stumps ≥30 cm in diameter and 20 cm in height or a lying tree ≥30 cm in diameter at breast height (dbh) on the interpretation area. Reference: Field Survey (MID 210: Stöcke)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1386964/568736</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ceppaie e legno morto a terra</t>
+            <t xml:space="preserve">stumps and lying deadwood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #459</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>