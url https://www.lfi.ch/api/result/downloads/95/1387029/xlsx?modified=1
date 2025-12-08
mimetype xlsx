--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,379 +14,379 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Vorkommen von aktuellen Wurzeltellern · Vorkommen von ehemaligen Wurzeltellern</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>presence of root plates · presence of root-plate remnants</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...36 lines deleted...]
-    <t>Vorkommen von ehemaligen Wurzeltellern</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>presence of root plates</t>
+  </si>
+  <si>
+    <t>presence of root-plate remnants</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1387029/568801</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorkommen von aktuellen Wurzeltellern</t>
+      <t xml:space="preserve">presence of root plates</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #861</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne mindestens einem noch gut erkennbaren Wurzelteller, der mindestens 30 cm über den gewachsenen Boden ragt. Grundlage: Feldaufnahme (MID 227: Wurzeltellerklasse)</t>
+    <t>Sample plots with/without at least one still clearly recognisable root plate that protrudes at least 30 cm above the terrain. Reference: Field Survey (MID 227: Wurzeltellerklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorkommen von ehemaligen Wurzeltellern</t>
+      <t xml:space="preserve">presence of root-plate remnants</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #857</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne mindestens einem mindestens 30 cm über den gewachsenen Boden ragenden Erd- oder Mulmhaufen, der durch Verrottung eines Wurzeltellers entstanden ist. Grundlage: Feldaufnahme (MID 227: Wurzeltellerklasse)</t>
+    <t>Sample plots with/without at least one pile of soil or mulch, created by the decay of a root plate and protruding at least 30 cm above the terrain. Reference: Field Survey (MID 227: Wurzeltellerklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -738,52 +738,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1687,270 +1687,270 @@
         <v>100.0</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O28" s="6">
         <v>100.0</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1387029/568801</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
       <c r="P29" s="3"/>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorkommen von aktuellen Wurzeltellern</t>
+            <t xml:space="preserve">presence of root plates</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #861</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorkommen von ehemaligen Wurzeltellern</t>
+            <t xml:space="preserve">presence of root-plate remnants</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #857</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>