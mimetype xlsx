--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stand structure</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>struttura del popolamento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>single-layered</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>monoplana</t>
+  </si>
+  <si>
+    <t>pluriplana</t>
+  </si>
+  <si>
+    <t>stratificata</t>
+  </si>
+  <si>
+    <t>a collettivi</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1387392/569164</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand structure</t>
+      <t xml:space="preserve">struttura del popolamento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #19</t>
     </r>
   </si>
   <si>
-    <t>Vertical structure (stratification) of a stand, defined on the basis of the degrees of cover of the upper, middle and lower layers. Reference: Field Survey (MID 267: Bestandesstruktur)</t>
+    <t>Stratificazione verticale di un popolamento, definita in base ai gradi di copertura dello strato superiore, intermedio ed inferiore. Fonte: rilievo sul terreno (MID 267: Bestandesstruktur)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -766,51 +766,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2165,51 +2165,51 @@
         <v>50.2</v>
       </c>
       <c r="AY18" s="6">
         <v>7</v>
       </c>
       <c r="AZ18" s="6">
         <v>1211.5</v>
       </c>
       <c r="BA18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1387392/569164</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2247,191 +2247,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand structure</t>
+            <t xml:space="preserve">struttura del popolamento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #19</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>