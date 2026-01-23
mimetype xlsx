--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,398 +14,398 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>microhabitats (20 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti (alberi vivi in piedi) con microhabitat</t>
+  </si>
+  <si>
+    <t>microhabitat (20 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>woodpecker breeding cavity</t>
-[...59 lines deleted...]
-    <t>total</t>
+    <t>cavità di nidificazione di picidi</t>
+  </si>
+  <si>
+    <t>cavità superficiale (&lt;5 cm di profondità)</t>
+  </si>
+  <si>
+    <t>cavità (&gt;5 cm di profondità)</t>
+  </si>
+  <si>
+    <t>danni da insetti</t>
+  </si>
+  <si>
+    <t>dendrotelma</t>
+  </si>
+  <si>
+    <t>cavità nei contrafforti radicali</t>
+  </si>
+  <si>
+    <t>scortecciamento</t>
+  </si>
+  <si>
+    <t>lesione da fuoco</t>
+  </si>
+  <si>
+    <t>tasca nella corteccia</t>
+  </si>
+  <si>
+    <t>fusto spezzato fresco</t>
+  </si>
+  <si>
+    <t>fessura larga</t>
+  </si>
+  <si>
+    <t>legno morto nella chioma</t>
+  </si>
+  <si>
+    <t>cancro o tumore</t>
+  </si>
+  <si>
+    <t>corpo fruttifero di fungini perenni</t>
+  </si>
+  <si>
+    <t>corpo fruttifero di funghi effimeri</t>
+  </si>
+  <si>
+    <t>muschi &gt;10%</t>
+  </si>
+  <si>
+    <t>licheni &gt;10%</t>
+  </si>
+  <si>
+    <t>edera &gt;10%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">colata di resina </t>
+  </si>
+  <si>
+    <t>altri microhabitat</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1388308/570080</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
+      <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Number of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) on which a microhabitat was found. Since various microhabitats at a time may be found on the same tree, the tree may contribute to the number of stems (standing-living) of several different microhabitats. Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Numero di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo, sui quali è stato rilevato un microhabitat. Visto che un albero può presentare contemporaneamente più microhabitat, esso può contribuire al numero di fusti (vivi e in piedi) di diversi microhabitat. Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">microhabitats (20 classes)</t>
+      <t xml:space="preserve">microhabitat (20 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Type of microhabitat that occurs at least once on a tree or shrub ≥12 cm in diameter at breast height (dbh). Reference: Field Survey (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Tipo di microhabitat presente almeno una volta su un albero o un arbusto a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,51 +757,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1958,235 +1958,235 @@
         <v>19</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="21.75">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1388308/570080</t>
           </r>
         </is>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="3"/>
       <c r="O35" s="3"/>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
+            <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">microhabitats (20 classes)</t>
+            <t xml:space="preserve">microhabitat (20 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:15" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>