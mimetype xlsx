--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,398 +14,398 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Mikrohabitate (20 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems (standing living trees) with microhabitat</t>
+  </si>
+  <si>
+    <t>microhabitats (20 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>Stk./ha</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Spechtbruthöhle</t>
-[...59 lines deleted...]
-    <t>Total</t>
+    <t>woodpecker breeding cavity</t>
+  </si>
+  <si>
+    <t>cavity (&lt;5 cm depth)</t>
+  </si>
+  <si>
+    <t>cavity (&gt;5 cm depth)</t>
+  </si>
+  <si>
+    <t>damage from insects</t>
+  </si>
+  <si>
+    <t>dendrotelm</t>
+  </si>
+  <si>
+    <t>buttress-root concavity</t>
+  </si>
+  <si>
+    <t>bark loss</t>
+  </si>
+  <si>
+    <t>fire scar</t>
+  </si>
+  <si>
+    <t>bark shelter/pocket</t>
+  </si>
+  <si>
+    <t>fresh stem/large branch breakage</t>
+  </si>
+  <si>
+    <t>broad crack</t>
+  </si>
+  <si>
+    <t>crown deadwood</t>
+  </si>
+  <si>
+    <t>canker or burrs</t>
+  </si>
+  <si>
+    <t>perennial fungal fruiting body</t>
+  </si>
+  <si>
+    <t>ephemeral fungal fruiting body</t>
+  </si>
+  <si>
+    <t>bryophytes &gt;10%</t>
+  </si>
+  <si>
+    <t>lichens &gt;10%</t>
+  </si>
+  <si>
+    <t>ivy &gt;10%</t>
+  </si>
+  <si>
+    <t>resinosis</t>
+  </si>
+  <si>
+    <t>other microhabitats</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1388312/570084</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
+      <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Anzahl der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), an denen ein Mikrohabitat festgestellt wurde. Da ein Baum gleichzeitig mehrere Mikrohabitate aufweisen kann, kann er zur Stammzahl (stehend-lebend) mehrerer Mikrohabitate beitragen. Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
+    <t>Number of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) on which a microhabitat was found. Since various microhabitats at a time may be found on the same tree, the tree may contribute to the number of stems (standing-living) of several different microhabitats. Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
+      <t xml:space="preserve">microhabitats (20 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Art des Mikrohabitats, das mindestens einmal an einem Baum oder Strauch ab 12 cm Brusthöhendurchmesser (BHD) vorkommt. Grundlage: Feldaufnahme (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Type of microhabitat that occurs at least once on a tree or shrub ≥12 cm in diameter at breast height (dbh). Reference: Field Survey (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,64 +757,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1958,235 +1958,235 @@
         <v>19</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="21.75">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1388312/570084</t>
           </r>
         </is>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="3"/>
       <c r="O35" s="3"/>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
+            <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
+            <t xml:space="preserve">microhabitats (20 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:15" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>