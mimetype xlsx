--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>anthropogene Überbelastungen und Störungen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>human overuse and disturbance</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,258 +172,258 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Überbelastung</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>no overload</t>
+  </si>
+  <si>
+    <t>recreational overload</t>
+  </si>
+  <si>
+    <t>other overload</t>
+  </si>
+  <si>
+    <t>landfill</t>
+  </si>
+  <si>
+    <t>old drainage</t>
+  </si>
+  <si>
+    <t>new drainage</t>
+  </si>
+  <si>
+    <t>constructions (without roads)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389486/571258</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
+      <t xml:space="preserve">human overuse and disturbance</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Zeichen auf der Interpretationsfläche (50 × 50 m), dass der Waldbestand oder der Waldstandort einer sehr starken (übermässigen) Erholungsnutzung oder einem anderen starken menschlichen Einfluss (z.B. Deponie, Flächenentwässerung, Baute) ausgesetzt ist, und im Falle von solchen Zeichen, Angabe der Art der Überbelastung oder Störung. Grundlage: Feldaufnahme (MID 219: Überbelastung und Störung)</t>
+    <t>Sample plots with/without signs on the interpretation plot (50 × 50 m) that the forest stand or forest site is subject to very intense (excessive) recreational use or other strong human influence (e.g. landfill, land drainage, construction). Where there are such signs, indication of the type of overuse or disturbance. Reference: Field Survey (MID 219: Spuren von Überbelastungen und Störungen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -775,51 +775,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2657,51 +2657,51 @@
         <v>100.0</v>
       </c>
       <c r="AY21" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ21" s="6">
         <v>100.0</v>
       </c>
       <c r="BA21" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389486/571258</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -2739,191 +2739,191 @@
       <c r="AQ22" s="3"/>
       <c r="AR22" s="3"/>
       <c r="AS22" s="3"/>
       <c r="AT22" s="3"/>
       <c r="AU22" s="3"/>
       <c r="AV22" s="3"/>
       <c r="AW22" s="3"/>
       <c r="AX22" s="3"/>
       <c r="AY22" s="3"/>
       <c r="AZ22" s="3"/>
       <c r="BA22" s="3"/>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
+            <t xml:space="preserve">human overuse and disturbance</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>