--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>surcharges et perturbations d'origine humaine</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>anthropogene Überbelastungen und Störungen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...47 lines deleted...]
-    <t>Suisse</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pas de surcharges</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>keine Überbelastung</t>
+  </si>
+  <si>
+    <t>Erholungsbelastung</t>
+  </si>
+  <si>
+    <t>andere Überbelastung</t>
+  </si>
+  <si>
+    <t>Deponie</t>
+  </si>
+  <si>
+    <t>nicht unterhaltene Entwässerung</t>
+  </si>
+  <si>
+    <t>unterhaltene Entwässerung</t>
+  </si>
+  <si>
+    <t>Bauten (ohne Strassen)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389489/571261</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion de placettes en forêt</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surcharges et perturbations d'origine humaine</t>
+      <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Placettes d'échantillonnage avec/sans indice sur la surface d'interprétation (50 × 50 m) suggérant que le peuplement forestier ou la station forestière est soumis à une très forte (excessive) utilisation récréative ou à une autre forte influence humaine (p. ex. décharge, drainage de surface, construction) et, dans le cas de tels indices, mention du type de surcharge ou de perturbation. Source: relevé de terrain (MID 219: Überbelastung und Störung)</t>
+    <t>Probeflächen mit/ohne Zeichen auf der Interpretationsfläche (50 × 50 m), dass der Waldbestand oder der Waldstandort einer sehr starken (übermässigen) Erholungsnutzung oder einem anderen starken menschlichen Einfluss (z.B. Deponie, Flächenentwässerung, Baute) ausgesetzt ist, und im Falle von solchen Zeichen, Angabe der Art der Überbelastung oder Störung. Grundlage: Feldaufnahme (MID 219: Überbelastung und Störung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,51 +742,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1876,51 +1876,51 @@
         <v>100.0</v>
       </c>
       <c r="AC21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD21" s="6">
         <v>100.0</v>
       </c>
       <c r="AE21" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389489/571261</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -1936,191 +1936,191 @@
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="3"/>
       <c r="AC22" s="3"/>
       <c r="AD22" s="3"/>
       <c r="AE22" s="3"/>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion de placettes en forêt</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surcharges et perturbations d'origine humaine</t>
+            <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>