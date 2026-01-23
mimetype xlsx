--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,359 +14,359 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>anthropogene Überbelastungen und Störungen</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>sovraccarichi e disturbi umani</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Überbelastung</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>nessun sovraccarico</t>
+  </si>
+  <si>
+    <t>sovraccarico dovuto all'uso ricreativo</t>
+  </si>
+  <si>
+    <t>altri sovraccarichi</t>
+  </si>
+  <si>
+    <t>deponie/discariche</t>
+  </si>
+  <si>
+    <t>vecchi drenaggi</t>
+  </si>
+  <si>
+    <t>nuovi drenaggi</t>
+  </si>
+  <si>
+    <t>costruzioni (senza strade)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389491/571263</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
+      <t xml:space="preserve">sovraccarichi e disturbi umani</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Zeichen auf der Interpretationsfläche (50 × 50 m), dass der Waldbestand oder der Waldstandort einer sehr starken (übermässigen) Erholungsnutzung oder einem anderen starken menschlichen Einfluss (z.B. Deponie, Flächenentwässerung, Baute) ausgesetzt ist, und im Falle von solchen Zeichen, Angabe der Art der Überbelastung oder Störung. Grundlage: Feldaufnahme (MID 219: Überbelastung und Störung)</t>
+    <t>Aree di saggio con/senza tracce nell'area di interpretazione (50 x 50 m), che indicano che il popolamento forestale o la stazione forestale sono soggetti a un uso ricreativo molto intenso (eccessivo) o ad altre pesanti influenze umane (ad esempio, discariche, drenaggio del terreno, costruzioni) e, nel caso di tali tracce, indicazione della natura del sovraccarico o del disturbo. Fonte: rilievo sul terreno (MID 219: Überbelastung und Störung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +718,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1308,235 +1308,235 @@
         <v>100.0</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N21" s="6">
         <v>100.0</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389491/571263</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
+            <t xml:space="preserve">sovraccarichi e disturbi umani</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>