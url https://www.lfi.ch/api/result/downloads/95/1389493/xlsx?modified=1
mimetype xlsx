--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,359 +14,359 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>anthropogene Überbelastungen und Störungen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>human overuse and disturbance</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Überbelastung</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>no overload</t>
+  </si>
+  <si>
+    <t>recreational overload</t>
+  </si>
+  <si>
+    <t>other overload</t>
+  </si>
+  <si>
+    <t>landfill</t>
+  </si>
+  <si>
+    <t>old drainage</t>
+  </si>
+  <si>
+    <t>new drainage</t>
+  </si>
+  <si>
+    <t>constructions (without roads)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389493/571265</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
+      <t xml:space="preserve">human overuse and disturbance</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Zeichen auf der Interpretationsfläche (50 × 50 m), dass der Waldbestand oder der Waldstandort einer sehr starken (übermässigen) Erholungsnutzung oder einem anderen starken menschlichen Einfluss (z.B. Deponie, Flächenentwässerung, Baute) ausgesetzt ist, und im Falle von solchen Zeichen, Angabe der Art der Überbelastung oder Störung. Grundlage: Feldaufnahme (MID 219: Überbelastung und Störung)</t>
+    <t>Sample plots with/without signs on the interpretation plot (50 × 50 m) that the forest stand or forest site is subject to very intense (excessive) recreational use or other strong human influence (e.g. landfill, land drainage, construction). Where there are such signs, indication of the type of overuse or disturbance. Reference: Field Survey (MID 219: Spuren von Überbelastungen und Störungen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +718,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1308,235 +1308,235 @@
         <v>100.0</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N21" s="6">
         <v>100.0</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389493/571265</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
+            <t xml:space="preserve">human overuse and disturbance</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>