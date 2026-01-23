--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes) · degree of cover of established regeneration</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi) · grado di copertura della rinnovazione affermata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>degree of cover of established regeneration</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
+  </si>
+  <si>
+    <t>grado di copertura della rinnovazione affermata</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>total</t>
-[...17 lines deleted...]
-    <t>hyperinsubric and colline</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389959/571731</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of cover of established regeneration</t>
+      <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #636</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the ground area that is covered by established regeneration, i.e. by living coniferous and broadleaved trees ≥1.3 m in height and 11.9 cm in diameter at breast height (dbh). Reference: Field Survey (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
+    <t>Percentuale della superficie coperta da rinnovazione affermata, ossia dalle specie arboree di conifere e latifoglie a partire da 1,3 m di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU). Questa variabile è disponibile a partire dall'IFN3 (2004-2006). Fonte: rilievo sul terreno (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI4/NFI5</t>
+      <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2685</t>
     </r>
   </si>
   <si>
-    <t>Area designated in both NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Superficie che nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) è stato dichiarato «bosco accessibile esclusi gli arbusteti» (b.a.e.a.; ossia bosco esclusi gli arbusteti, che può essere raggiunto a piedi) e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,52 +768,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3967,268 +3967,268 @@
         <v>120.3</v>
       </c>
       <c r="L84" s="6">
         <v>3</v>
       </c>
       <c r="M84" s="6">
         <v>529.5</v>
       </c>
       <c r="N84" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="21.75">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389959/571731</t>
           </r>
         </is>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3"/>
       <c r="E85" s="3"/>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="J85" s="3"/>
       <c r="K85" s="3"/>
       <c r="L85" s="3"/>
       <c r="M85" s="3"/>
       <c r="N85" s="3"/>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:14" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:14" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of cover of established regeneration</t>
+            <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #636</t>
           </r>
         </is>
       </c>
     </row>
     <row r="95" spans="1:14" customHeight="1" ht="29">
       <c r="A95" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="98" spans="1:14" customHeight="1" ht="29">
       <c r="A98" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI4/NFI5</t>
+            <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2685</t>
           </r>
         </is>
       </c>
     </row>
     <row r="101" spans="1:14" customHeight="1" ht="29">
       <c r="A101" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="104" spans="1:14" customHeight="1" ht="29">
       <c r="A104" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>