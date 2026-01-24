--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi) · grado di copertura della rinnovazione affermata</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Deckungsgrad der gesicherten Verjüngung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
+      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G. LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>grado di copertura della rinnovazione affermata</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+  </si>
+  <si>
+    <t>Deckungsgrad der gesicherten Verjüngung</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>totale</t>
-[...17 lines deleted...]
-    <t>iperinsubrica e collinare</t>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1389959/571731</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
+      <t xml:space="preserve">Deckungsgrad der gesicherten Verjüngung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #636</t>
     </r>
   </si>
   <si>
-    <t>Percentuale della superficie coperta da rinnovazione affermata, ossia dalle specie arboree di conifere e latifoglie a partire da 1,3 m di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU). Questa variabile è disponibile a partire dall'IFN3 (2004-2006). Fonte: rilievo sul terreno (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
+    <t>Anteil der Bodenfläche, der von gesicherter Verjüngung überschirmt ist, d.h. von lebenden Nadel- und Laubbäumen ab 1,3 m Höhe bis 11,9 cm Brusthöhendurchmesser (BHD). Das Merkmal ist ab dem LFI3 (2004-2006) verfügbar. Grundlage: Feldaufnahme (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
+      <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2685</t>
     </r>
   </si>
   <si>
-    <t>Superficie che nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) è stato dichiarato «bosco accessibile esclusi gli arbusteti» (b.a.e.a.; ossia bosco esclusi gli arbusteti, che può essere raggiunto a piedi) e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) als «zugänglicher Wald ohne Gebüschwald» (z.W.o.G.; d.h. als Wald ohne Gebüschwald, der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,52 +768,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3967,268 +3967,268 @@
         <v>120.3</v>
       </c>
       <c r="L84" s="6">
         <v>3</v>
       </c>
       <c r="M84" s="6">
         <v>529.5</v>
       </c>
       <c r="N84" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="21.75">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1389959/571731</t>
           </r>
         </is>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3"/>
       <c r="E85" s="3"/>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="J85" s="3"/>
       <c r="K85" s="3"/>
       <c r="L85" s="3"/>
       <c r="M85" s="3"/>
       <c r="N85" s="3"/>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:14" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:14" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
+            <t xml:space="preserve">Deckungsgrad der gesicherten Verjüngung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #636</t>
           </r>
         </is>
       </c>
     </row>
     <row r="95" spans="1:14" customHeight="1" ht="29">
       <c r="A95" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="98" spans="1:14" customHeight="1" ht="29">
       <c r="A98" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN4-IFN5</t>
+            <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2685</t>
           </r>
         </is>
       </c>
     </row>
     <row r="101" spans="1:14" customHeight="1" ht="29">
       <c r="A101" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="104" spans="1:14" customHeight="1" ht="29">
       <c r="A104" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>