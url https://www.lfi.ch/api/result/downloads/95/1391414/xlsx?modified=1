--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>IFN4</t>
-[...5 lines deleted...]
-    <t>costituzione del margine boschivo</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>structure of forest edge</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: margine boschivo fino alla fascia montana IFN2-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>senza mantello (m.) boschivo, senza fascia (f.) arbustiva</t>
-[...20 lines deleted...]
-    <t>totale</t>
+    <t>without shelterbelt, without shrub belt</t>
+  </si>
+  <si>
+    <t>without shelterbelt, with shrub belt</t>
+  </si>
+  <si>
+    <t>steep shelterbelt, without shrub belt</t>
+  </si>
+  <si>
+    <t>protruding shelterbelt, without shrub belt</t>
+  </si>
+  <si>
+    <t>shrub belt under shelterbelt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">shrub belt in front of shelterbelt </t>
+  </si>
+  <si>
+    <t>shrub belt and a stepped, loose shelterbelt</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1391414/573187</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione del margine boschivo</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">costituzione del margine boschivo</t>
+      <t xml:space="preserve">structure of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #579</t>
     </r>
   </si>
   <si>
-    <t>Costituzione/Struttura della zona di transizione tra bosco e campo aperto in sette classi. Fonte: rilievo sul terreno (MID 37: Waldrandaufbau)</t>
+    <t>Formation of the transition from forest to open land - in seven classes. Reference: Field Survey (MID 37: Waldrandaufbau)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">margine boschivo fino alla fascia montana IFN2-IFN5</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana, che è stato rilevato negli inventari IFN2, IFN3, IFN4 ed IFN5. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1237,233 +1237,233 @@
         <v>100.0</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="6">
         <v>100.0</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1391414/573187</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione del margine boschivo</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">costituzione del margine boschivo</t>
+            <t xml:space="preserve">structure of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #579</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">margine boschivo fino alla fascia montana IFN2-IFN5</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>