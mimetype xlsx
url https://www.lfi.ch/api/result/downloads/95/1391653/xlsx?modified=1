--- v0 (2026-01-24)
+++ v1 (2026-01-24)
@@ -14,442 +14,442 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Gesamtbasalfläche</t>
+    <t>total basal area</t>
   </si>
   <si>
-    <t>NaiS-Waldformationen (10 Klassen) · Hauptbaumart</t>
+    <t>forest formations (NaiS; 10 classes) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>biogeografische Region</t>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Alpennordflanke</t>
+    <t>Northern Alps</t>
   </si>
   <si>
-    <t>Westliche Zentralalpen</t>
+    <t>Western Central-Alps</t>
   </si>
   <si>
-    <t>Östliche Zentralalpen</t>
+    <t>Eastern Central-Alps</t>
   </si>
   <si>
-    <t>Alpensüdflanke</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>NaiS-Waldformationen (10 Klassen)</t>
+    <t>forest formations (NaiS; 10 classes)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>Buchenwälder</t>
+    <t>beech forests</t>
   </si>
   <si>
-    <t>Tannen-Buchenwälder</t>
+    <t>silver fir-beech forests</t>
   </si>
   <si>
-    <t>übrige Laubwälder</t>
+    <t>other boradleaved forests</t>
   </si>
   <si>
-    <t>Tannen-Fichtenwälder</t>
+    <t>silver fir-spruce forests</t>
   </si>
   <si>
-    <t>Fichtenwälder</t>
+    <t>spruce forests</t>
   </si>
   <si>
-    <t>Arven- und Lärchenwälder</t>
+    <t>Arolla pine and larch forests</t>
   </si>
   <si>
-    <t>Föhrenwälder</t>
+    <t>pine forests</t>
   </si>
   <si>
-    <t>Pionierwälder</t>
+    <t>pioneer forests</t>
   </si>
   <si>
-    <t>Gebüschwälder*</t>
+    <t>shrub forests*</t>
   </si>
   <si>
-    <t>Nichtwald*</t>
+    <t>non-forest*</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1391653/573426</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtbasalfläche</t>
+      <t xml:space="preserve">total basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD. Die Gesamtbasalfläche entspricht der Summe von Basalfläche und Totholzbasalfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+      <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Zusammenfassung der 18 Gruppen von NaiS-Standorttypen mit jeweils ähnlichem Ziel für die Hauptbaumarten (NAISGGROB20) zu 10 als «Waldformationen» bezeichneten Grossverbänden. *Durch die kleinflächige Ansprache der Standorttypen im Rahmen des Projektes NaiS-LFI ist es möglich, dass auf Probeflächen, die im LFI als «Wald» gelten, Nichtwald-Standorttypen (z.B. Wiese, Weide, Fels) vorkommen. Ebenso können im «Wald ohne Gebüschwald» Gebüschwald-Standorttypen vorhanden sein.</t>
+    <t>Combination of the 18 groups of NaiS site types, each with a similar objective for the main tree species (NAISGGROB20), into 10 large associations known as «forest formations». *As the characterisation of the site types in the NaiS-NFI project is on a small scale, it is possible that non-forest site types such as meadow, pasture and rock may be present in sample plots that are classified as «forest» in NFI. Similarly, «forest without shrub forest“ may also contain «shrub forest» site types.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2684</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) als «zugänglicher Wald ohne Gebüschwald» (z.W.o.G.; d.h. als Wald ohne Gebüschwald, der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Area designated in the five Inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -801,52 +801,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -9638,270 +9638,270 @@
         <v>38.9</v>
       </c>
       <c r="N192" s="6">
         <v>4</v>
       </c>
       <c r="O192" s="6">
         <v>39.4</v>
       </c>
       <c r="P192" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1391653/573426</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
       <c r="M193" s="3"/>
       <c r="N193" s="3"/>
       <c r="O193" s="3"/>
       <c r="P193" s="3"/>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtbasalfläche</t>
+            <t xml:space="preserve">total basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
+            <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): z.W.o.G. LFI1-LFI5</t>
+            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2684</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>