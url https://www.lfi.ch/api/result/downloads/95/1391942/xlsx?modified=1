--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>natural hazard</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière selon le danger naturel divisé par surface forestière</t>
+  </si>
+  <si>
+    <t>danger naturel</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI4/NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt protectrice (2022): f.a.s.f.b. IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no natural hazard</t>
-[...2 lines deleted...]
-    <t>rockfall</t>
+    <t>aucun danger naturel</t>
+  </si>
+  <si>
+    <t>chute de pierres ou de blocs</t>
   </si>
   <si>
     <t>avalanche</t>
   </si>
   <si>
-    <t>hillslope debris flow/landslide</t>
-[...5 lines deleted...]
-    <t>outside of perimeter</t>
+    <t>coulée de boue/glissement de terrain</t>
+  </si>
+  <si>
+    <t>processus liés aux cours d'eau</t>
+  </si>
+  <si>
+    <t>en dehors du périmètre</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1391942/573715</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area according to natural hazard</t>
+      <t xml:space="preserve">surface forestière selon le danger naturel</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #413</t>
     </r>
   </si>
   <si>
-    <t>Forest area subject to the natural hazard processes rockfall, avalanche, hillslope debris flow/landslide and channel processes within the protection forest designated by the cantons according to the harmonised criteria of SilvaProtect-CH as of 2022. Since a protection forest can provide protection against various natural hazard processes at the same time, it can contribute to the forest area of several dfiferent processes. No natural hazard processes are shown for Canton Aargau because the protection forest there had not yet been designated in the reference year (2022).</t>
+    <t>Surface forestière des types de dangers naturels suivants: chutes de pierres/éboulements, avalanches, coulées de boue/glissements de terrain et processus liés aux cours d'eau dans les forêts protectrices délimitées par les cantons selon les critères harmonisés de SilvaProtect-CH, état 2022. Une forêt protectrice pouvant protéger contre plusieurs types de dangers naturels, elle peut contribuer à la surface forestière de plusieurs d'entre eux. Aucun type de danger naturel n'est indiqué pour le canton d'Argovie, car ce canton n'avait pas encore délimité ses forêts protectrices en 2022, année de référence.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">natural hazard</t>
+      <t xml:space="preserve">danger naturel</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1986</t>
     </r>
   </si>
   <si>
-    <t>Natural hazard processes that can occur in forests designated as protection forests by the cantons according to the harmonised criteria of SilvaProtect. Reference: Losey &amp; Wehrli (2013)</t>
+    <t>Processus naturels susceptibles de se produire dans le périmètre des forêts protectrices délimitées par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: Losey &amp; Wehrli (2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI4/NFI5</t>
+      <t xml:space="preserve">forêt protectrice (2022): f.a.s.f.b. IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2685</t>
     </r>
   </si>
   <si>
-    <t>Area designated in both NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Zone désignée à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026) comme «forêt accessible sans la forêt buissonnante» (f.a.s.f.b.; c'est-à-dire forêt sans la forêt buissonnante atteignable à pied), située à l'intérieur d'une forêt protectrice délimitée en 2022 par les cantons selon les critères harmonisés de Silvaprotect-CH (Losey et Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,51 +744,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1287,270 +1287,270 @@
         <v>19</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1391942/573715</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area according to natural hazard</t>
+            <t xml:space="preserve">surface forestière selon le danger naturel</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #413</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">natural hazard</t>
+            <t xml:space="preserve">danger naturel</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1986</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI4/NFI5</t>
+            <t xml:space="preserve">forêt protectrice (2022): f.a.s.f.b. IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2685</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>