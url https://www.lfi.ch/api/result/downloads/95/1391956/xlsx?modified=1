--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,382 +14,382 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Naturgefahr</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area according to natural hazard divided by forest area</t>
+  </si>
+  <si>
+    <t>natural hazard</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwald (2022): zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forests (2022): accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Naturgefahr</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>no natural hazard</t>
+  </si>
+  <si>
+    <t>rockfall</t>
+  </si>
+  <si>
+    <t>avalanche</t>
+  </si>
+  <si>
+    <t>hillslope debris flow/landslide</t>
+  </si>
+  <si>
+    <t>processes in channels</t>
+  </si>
+  <si>
+    <t>outside of perimeter</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1391956/573729</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche nach Naturgefahr</t>
+      <t xml:space="preserve">forest area according to natural hazard</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #413</t>
     </r>
   </si>
   <si>
-    <t>Waldfläche der Naturgefahrenprozesse Sturz (Stein-/Blockschlag), Lawine, Hangmure/Rutschung und Gerinneprozesse innerhalb des Schutzwalds gemäss Ausscheidung der Kantone nach den harmonisierten Kriterien von SilvaProtect-CH, Stand 2022. Da ein Schutzwald gegen mehrere Naturgefahrenprozesse schützen kann, kann er zur Waldfläche mehrerer Prozesse beitragen. Für den Kanton Aargau werden keine Naturgefahrenprozesse ausgewiesen, weil dieser Kanton den Schutzwald im Stichjahr (2022) noch nicht ausgeschieden hatte.</t>
+    <t>Forest area subject to the natural hazard processes rockfall, avalanche, hillslope debris flow/landslide and channel processes within the protection forest designated by the cantons according to the harmonised criteria of SilvaProtect-CH as of 2022. Since a protection forest can provide protection against various natural hazard processes at the same time, it can contribute to the forest area of several dfiferent processes. No natural hazard processes are shown for Canton Aargau because the protection forest there had not yet been designated in the reference year (2022).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Naturgefahr</t>
+      <t xml:space="preserve">natural hazard</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1986</t>
     </r>
   </si>
   <si>
-    <t>Naturgefahrenprozesse, die im von den Kantonen nach den harmonisierten Kriterien von SilvaProtect ausgeschiedenen Schutzwald auftreten können. Grundlage: Losey &amp; Wehrli (2013)</t>
+    <t>Natural hazard processes that can occur in forests designated as protection forests by the cantons according to the harmonised criteria of SilvaProtect. Reference: Losey &amp; Wehrli (2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">protective forests (2022): accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2682</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) als «zugänglicher Wald» (d.h. als «Wald ohne Gebüschwald» oder «Gebüschwald», der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Area designated in both the NFI4 (2009-2017) and the NFI5 (2018-2026) as «accessible forest», i.e. «forest without shrub forest» or «shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -741,51 +741,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1222,268 +1222,268 @@
         <v>18</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1391956/573729</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche nach Naturgefahr</t>
+            <t xml:space="preserve">forest area according to natural hazard</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #413</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Naturgefahr</t>
+            <t xml:space="preserve">natural hazard</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1986</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">protective forests (2022): accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2682</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>