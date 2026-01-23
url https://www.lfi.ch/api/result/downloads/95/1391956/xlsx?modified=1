--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,382 +14,382 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>natural hazard</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale in funzione del pericolo naturale diviso per superficie forestale</t>
+  </si>
+  <si>
+    <t>pericolo naturale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forests (2022): accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco di protezione (2022): bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no natural hazard</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nessun pericolo naturale</t>
+  </si>
+  <si>
+    <t>caduta di massi</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>scivolamento di terreno/colate</t>
+  </si>
+  <si>
+    <t>processi idrologici nei torrenti</t>
+  </si>
+  <si>
+    <t>fuori dal perimetro</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1391956/573729</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area according to natural hazard</t>
+      <t xml:space="preserve">superficie forestale in funzione del pericolo naturale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #413</t>
     </r>
   </si>
   <si>
-    <t>Forest area subject to the natural hazard processes rockfall, avalanche, hillslope debris flow/landslide and channel processes within the protection forest designated by the cantons according to the harmonised criteria of SilvaProtect-CH as of 2022. Since a protection forest can provide protection against various natural hazard processes at the same time, it can contribute to the forest area of several dfiferent processes. No natural hazard processes are shown for Canton Aargau because the protection forest there had not yet been designated in the reference year (2022).</t>
+    <t>Superficie forestale dei pericoli naturali caduta massi, valanga, scivolamento di terreno/colate e processi idrologici nei torrenti all'interno del perimetro di bosco di protezione in base alla decisione dei Cantoni secondo i criteri armonizzati di SilvaProtect-CH, stato 2022. Visto che un bosco di protezione può proteggere contro diversi tipi di pericolo naturale, esso può contribuire alla superficie di differenti processi pericolosi. Per il Canton Argovia non viene riportato nessun processo di pericoli naturali, visto che questo Cantone nell'anno 2022 non aveva ancora delineato il perimetro del bosco di protezione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">natural hazard</t>
+      <t xml:space="preserve">pericolo naturale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1986</t>
     </r>
   </si>
   <si>
-    <t>Natural hazard processes that can occur in forests designated as protection forests by the cantons according to the harmonised criteria of SilvaProtect. Reference: Losey &amp; Wehrli (2013)</t>
+    <t>Processi di pericoli naturali che possono verificarsi nei boschi di protezione definiti dai Cantoni in base ai criteri armonizzati di SilvaProtect. Fonte: Losey &amp; Wehrli (2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco di protezione (2022): bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2682</t>
     </r>
   </si>
   <si>
-    <t>Area designated in both the NFI4 (2009-2017) and the NFI5 (2018-2026) as «accessible forest», i.e. «forest without shrub forest» or «shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Superficie che sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026) è stata dichiarata «bosco accessibile» (ossia «bosco esclusi gli arbusteti» o «arbusteto») e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -741,51 +741,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1222,268 +1222,268 @@
         <v>18</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1391956/573729</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area according to natural hazard</t>
+            <t xml:space="preserve">superficie forestale in funzione del pericolo naturale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #413</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">natural hazard</t>
+            <t xml:space="preserve">pericolo naturale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1986</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco di protezione (2022): bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2682</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>