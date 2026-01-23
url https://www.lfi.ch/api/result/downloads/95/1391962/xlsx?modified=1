--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>natural hazard</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche nach Naturgefahr geteilt durch Waldfläche</t>
+  </si>
+  <si>
+    <t>Naturgefahr</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forests (2022): accessible forest</t>
+      <t xml:space="preserve">: Schutzwald (2022): zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no natural hazard</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>keine Naturgefahr</t>
+  </si>
+  <si>
+    <t>Stein-/Blockschlag</t>
+  </si>
+  <si>
+    <t>Lawine</t>
+  </si>
+  <si>
+    <t>Hangmure/Rutschung</t>
+  </si>
+  <si>
+    <t>Gerinneprozesse</t>
+  </si>
+  <si>
+    <t>ausserhalb Perimeter</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1391962/573735</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area according to natural hazard</t>
+      <t xml:space="preserve">Waldfläche nach Naturgefahr</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #413</t>
     </r>
   </si>
   <si>
-    <t>Forest area subject to the natural hazard processes rockfall, avalanche, hillslope debris flow/landslide and channel processes within the protection forest designated by the cantons according to the harmonised criteria of SilvaProtect-CH as of 2022. Since a protection forest can provide protection against various natural hazard processes at the same time, it can contribute to the forest area of several dfiferent processes. No natural hazard processes are shown for Canton Aargau because the protection forest there had not yet been designated in the reference year (2022).</t>
+    <t>Waldfläche der Naturgefahrenprozesse Sturz (Stein-/Blockschlag), Lawine, Hangmure/Rutschung und Gerinneprozesse innerhalb des Schutzwalds gemäss Ausscheidung der Kantone nach den harmonisierten Kriterien von SilvaProtect-CH, Stand 2022. Da ein Schutzwald gegen mehrere Naturgefahrenprozesse schützen kann, kann er zur Waldfläche mehrerer Prozesse beitragen. Für den Kanton Aargau werden keine Naturgefahrenprozesse ausgewiesen, weil dieser Kanton den Schutzwald im Stichjahr (2022) noch nicht ausgeschieden hatte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">natural hazard</t>
+      <t xml:space="preserve">Naturgefahr</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1986</t>
     </r>
   </si>
   <si>
-    <t>Natural hazard processes that can occur in forests designated as protection forests by the cantons according to the harmonised criteria of SilvaProtect. Reference: Losey &amp; Wehrli (2013)</t>
+    <t>Naturgefahrenprozesse, die im von den Kantonen nach den harmonisierten Kriterien von SilvaProtect ausgeschiedenen Schutzwald auftreten können. Grundlage: Losey &amp; Wehrli (2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): accessible forest</t>
+      <t xml:space="preserve">Schutzwald (2022): zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2681</t>
     </r>
   </si>
   <si>
-    <t>Accessible forest, i.e. «forest without shrub forest» or «shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Zugänglicher Wald (d.h. «Wald ohne Gebüschwald» oder «Gebüschwald», der zu Fuss aufgesucht werden kann), der innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,51 +768,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1807,51 +1807,51 @@
         <v>27</v>
       </c>
       <c r="AC20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE20" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1391962/573735</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1867,226 +1867,226 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area according to natural hazard</t>
+            <t xml:space="preserve">Waldfläche nach Naturgefahr</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #413</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">natural hazard</t>
+            <t xml:space="preserve">Naturgefahr</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1986</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): accessible forest</t>
+            <t xml:space="preserve">Schutzwald (2022): zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2681</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>