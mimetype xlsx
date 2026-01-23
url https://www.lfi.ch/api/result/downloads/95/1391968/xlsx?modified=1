--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,382 +14,382 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>natural hazard</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche nach Naturgefahr geteilt durch Waldfläche</t>
+  </si>
+  <si>
+    <t>Naturgefahr</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forests (2022): forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwald (2022): Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no natural hazard</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>keine Naturgefahr</t>
+  </si>
+  <si>
+    <t>Stein-/Blockschlag</t>
+  </si>
+  <si>
+    <t>Lawine</t>
+  </si>
+  <si>
+    <t>Hangmure/Rutschung</t>
+  </si>
+  <si>
+    <t>Gerinneprozesse</t>
+  </si>
+  <si>
+    <t>ausserhalb Perimeter</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1391968/573741</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area according to natural hazard</t>
+      <t xml:space="preserve">Waldfläche nach Naturgefahr</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #413</t>
     </r>
   </si>
   <si>
-    <t>Forest area subject to the natural hazard processes rockfall, avalanche, hillslope debris flow/landslide and channel processes within the protection forest designated by the cantons according to the harmonised criteria of SilvaProtect-CH as of 2022. Since a protection forest can provide protection against various natural hazard processes at the same time, it can contribute to the forest area of several dfiferent processes. No natural hazard processes are shown for Canton Aargau because the protection forest there had not yet been designated in the reference year (2022).</t>
+    <t>Waldfläche der Naturgefahrenprozesse Sturz (Stein-/Blockschlag), Lawine, Hangmure/Rutschung und Gerinneprozesse innerhalb des Schutzwalds gemäss Ausscheidung der Kantone nach den harmonisierten Kriterien von SilvaProtect-CH, Stand 2022. Da ein Schutzwald gegen mehrere Naturgefahrenprozesse schützen kann, kann er zur Waldfläche mehrerer Prozesse beitragen. Für den Kanton Aargau werden keine Naturgefahrenprozesse ausgewiesen, weil dieser Kanton den Schutzwald im Stichjahr (2022) noch nicht ausgeschieden hatte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">natural hazard</t>
+      <t xml:space="preserve">Naturgefahr</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1986</t>
     </r>
   </si>
   <si>
-    <t>Natural hazard processes that can occur in forests designated as protection forests by the cantons according to the harmonised criteria of SilvaProtect. Reference: Losey &amp; Wehrli (2013)</t>
+    <t>Naturgefahrenprozesse, die im von den Kantonen nach den harmonisierten Kriterien von SilvaProtect ausgeschiedenen Schutzwald auftreten können. Grundlage: Losey &amp; Wehrli (2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): forest NFI4/NFI5</t>
+      <t xml:space="preserve">Schutzwald (2022): Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2683</t>
     </r>
   </si>
   <si>
-    <t>Area that, in both the NFI4 (2009-2017) and the NFI5 (2018-2026), conforms with the NFI's definition of «forest», i.e. «forest without shrub forest» or «shrub forest», and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2008-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -741,51 +741,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1222,268 +1222,268 @@
         <v>18</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1391968/573741</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area according to natural hazard</t>
+            <t xml:space="preserve">Waldfläche nach Naturgefahr</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #413</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">natural hazard</t>
+            <t xml:space="preserve">Naturgefahr</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1986</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): forest NFI4/NFI5</t>
+            <t xml:space="preserve">Schutzwald (2022): Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2683</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>