--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'nature conservation'</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione della natura</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>yes</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1392345/574118</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'nature conservation'</t>
+      <t xml:space="preserve">funzione di protezione della natura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #474</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'nature conservation' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione della natura» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1392345/574118</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'nature conservation'</t>
+            <t xml:space="preserve">funzione di protezione della natura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #474</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>