--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI2–NFI3</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN2–IFN3</t>
+  </si>
+  <si>
+    <t>incremento (incremento lordo)</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...57 lines deleted...]
-    <t>m³/ha/yr</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 1993/95–2004/06</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1393103/574876</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">increment (gross increment)</t>
+      <t xml:space="preserve">incremento (incremento lordo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
+    <t>Aumento del volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm sopravissuti tra due inventari, il volume di legno del fusto con corteccia di tutti gli alberi e arbusti che hanno superato la soglia di cavallettamento e l'aumento modellizzato del volume di legno del fusto con corteccia degli alberi e arbusti scomparsi durante la metà del periodo di inventario.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,80 +727,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1386,51 +1386,51 @@
         <v>5.6</v>
       </c>
       <c r="AC16" s="6">
         <v>7</v>
       </c>
       <c r="AD16" s="6">
         <v>8.8</v>
       </c>
       <c r="AE16" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1393103/574876</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">increment (gross increment)</t>
+            <t xml:space="preserve">incremento (incremento lordo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>