--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>water body</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>corso d'acqua</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>not a body of water</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nessun corso d'acqua</t>
+  </si>
+  <si>
+    <t>guazzo</t>
+  </si>
+  <si>
+    <t>stagno</t>
+  </si>
+  <si>
+    <t>ruscello stretto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ruscello largo </t>
+  </si>
+  <si>
+    <t>fiume</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1393380/575153</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">water body</t>
+      <t xml:space="preserve">corso d'acqua</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #602</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with water bodies on the interpretation area (50 × 50 m), classified according to the type of the largest water body. Pond: 1-200 m², small lake: &gt;200 m², creek: channel width &lt;2 m, stream: 2-5 m, river: &gt; 5 m. Reference: Field Survey (MID 401: Gewässer)</t>
+    <t>Aree di saggio senza/con corsi d'acqua nell'area di interpretazione (50 × 50 m), classificate in base al tipo di corso d'acqua più grande. pozza d'acqua: 1-200 m², stagno: &gt;200 m², torrente stretto: larghezza &lt;2 m, torrente largo: 2-5 m, fiume: &gt;5 m. Fonte: rilievo sul terreno (MID 401: Gewässer)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1393380/575153</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">water body</t>
+            <t xml:space="preserve">corso d'acqua</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #602</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>