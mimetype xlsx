--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'recreation' · recreation infrastructure</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de placettes en forêt</t>
+  </si>
+  <si>
+    <t>fonction de récréation · infrastructure de loisirs</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Northern Alps</t>
-[...17 lines deleted...]
-    <t>recreation infrastructure</t>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>fonction de récréation</t>
+  </si>
+  <si>
+    <t>infrastructure de loisirs</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...5 lines deleted...]
-    <t>specific recreation facilities</t>
+    <t>pas d'infrastructure</t>
+  </si>
+  <si>
+    <t>chemins</t>
+  </si>
+  <si>
+    <t>installations spécifiques</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>no</t>
-[...2 lines deleted...]
-    <t>yes</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1394888/576661</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'recreation'</t>
+      <t xml:space="preserve">fonction de récréation</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #471</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'recreation' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «récréation» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">recreation infrastructure</t>
+      <t xml:space="preserve">infrastructure de loisirs</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1311</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with recreation infrastructure (paths and specific recreation facilities) on the interpretation area (50 × 50 m). Reference: Field Survey (MID 220: Erholungseinrichtungen)</t>
+    <t>Placettes d'échantillonnage avec/sans infrastructure de loisirs (sentiers, installations spécifiques pour les loisirs) sur la surface d'interprétation (50 × 50 m). Source: relevé de terrain (MID 220: Erholungseinrichtungen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1888,270 +1888,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1394888/576661</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'recreation'</t>
+            <t xml:space="preserve">fonction de récréation</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #471</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">recreation infrastructure</t>
+            <t xml:space="preserve">infrastructure de loisirs</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1311</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>