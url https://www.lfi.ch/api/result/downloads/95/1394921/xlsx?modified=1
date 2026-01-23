--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>vehicle tracks · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>tracce di veicoli · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tracce di veicoli</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...26 lines deleted...]
-    <t>one/several unmeasurable tracks present</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>una/più tracce misurabili</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nessuna traccia </t>
+  </si>
+  <si>
+    <t>una/più tracce non misurabili</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1394921/576694</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">vehicle tracks</t>
+      <t xml:space="preserve">tracce di veicoli</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #723</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle. Reference: Field Survey (MID 544: Fahrzeugspuren)</t>
+    <t>Aree di saggio senza/con tracce al suolo di veicoli per la raccolta del legname come trattori, forwarder ed esboscatrici forestali all'interno della superficie di 2 are. Fonte: rilievo sul terreno (MID 544: Fahrzeugspuren)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="47.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2862,270 +2862,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1394921/576694</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">vehicle tracks</t>
+            <t xml:space="preserve">tracce di veicoli</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #723</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>