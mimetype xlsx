--- v1 (2026-01-23)
+++ v2 (2026-03-20)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tracce di veicoli · fasce vegetazionali NaiS (6 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Fahrzeugspuren · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Fahrzeugspuren</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...26 lines deleted...]
-    <t>una/più tracce non misurabili</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t xml:space="preserve">eine/mehrere messbare vorhanden </t>
+  </si>
+  <si>
+    <t>keine vorhanden</t>
+  </si>
+  <si>
+    <t xml:space="preserve">eine/mehrere unmessbare vorhanden </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1394921/576694</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tracce di veicoli</t>
+      <t xml:space="preserve">Fahrzeugspuren</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #723</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con tracce al suolo di veicoli per la raccolta del legname come trattori, forwarder ed esboscatrici forestali all'interno della superficie di 2 are. Fonte: rilievo sul terreno (MID 544: Fahrzeugspuren)</t>
+    <t>Probeflächen mit/ohne Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden innerhalb des 2-Aren-Kreises. Grundlage: Feldaufnahme (MID 544: Fahrzeugspuren)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2862,270 +2862,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1394921/576694</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tracce di veicoli</t>
+            <t xml:space="preserve">Fahrzeugspuren</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #723</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>