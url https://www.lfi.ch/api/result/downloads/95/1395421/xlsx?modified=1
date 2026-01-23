--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN1–IFN2</t>
-[...5 lines deleted...]
-    <t>quota (classi di 400 m)</t>
+    <t>NFI1–NFI2</t>
+  </si>
+  <si>
+    <t>fellings and mortality</t>
+  </si>
+  <si>
+    <t>altitude (in 400 m classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/anno</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...33 lines deleted...]
-    <t>m³/ha/anno</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>change 1983/85–1993/95</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
     <t>1001-1400 m</t>
   </si>
   <si>
-    <t>601-1000 m</t>
+    <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1395421/577194</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">utilizzazione e mortalità</t>
+      <t xml:space="preserve">fellings and mortality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #13</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che sono stati utilizzati nel quadro di interventi selvicolturali, sono morti o sono scomparsi tra due inventari.</t>
+    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that were harvested, died or disappeared between two inventories.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quota (classi di 400 m)</t>
+      <t xml:space="preserve">altitude (in 400 m classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
+    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,64 +715,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1211,235 +1211,235 @@
         <v>2.6</v>
       </c>
       <c r="M19" s="7">
         <v>15</v>
       </c>
       <c r="N19" s="7">
         <v>7.0</v>
       </c>
       <c r="O19" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1395421/577194</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">utilizzazione e mortalità</t>
+            <t xml:space="preserve">fellings and mortality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #13</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quota (classi di 400 m)</t>
+            <t xml:space="preserve">altitude (in 400 m classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>