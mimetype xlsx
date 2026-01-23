--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>IFN1–IFN2</t>
-[...5 lines deleted...]
-    <t>essence (5 classes)</t>
+    <t>NFI1–NFI2</t>
+  </si>
+  <si>
+    <t>fellings and mortality</t>
+  </si>
+  <si>
+    <t>tree species (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/an</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région biogéographique</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>change 1983/85–1993/95</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>nord des Alpes</t>
-[...14 lines deleted...]
-    <t>1000 m³/an</t>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...14 lines deleted...]
-    <t>indéterminable</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1395814/577587</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">exploitations et mortalité</t>
+      <t xml:space="preserve">fellings and mortality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #13</t>
     </r>
   </si>
   <si>
-    <t>Volume du bois de tige en écorce de tous les arbres et arbustes avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm qui ont été exploités lors d’interventions sylvicoles, sont morts ou ont disparu entre deux inventaires.</t>
+    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that were harvested, died or disappeared between two inventories.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence (5 classes)</t>
+      <t xml:space="preserve">tree species (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes distinctes pour les trois espèces ou groupes d'espèces les plus fréquents en Suisse (épicéa - Picea spp.; sapin - Abies spp.; hêtre - Fagus sylvatica) et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>320</v>
       </c>
       <c r="M20" s="6">
         <v>15</v>
       </c>
       <c r="N20" s="6">
         <v>7320</v>
       </c>
       <c r="O20" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1395814/577587</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">exploitations et mortalité</t>
+            <t xml:space="preserve">fellings and mortality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #13</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence (5 classes)</t>
+            <t xml:space="preserve">tree species (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>