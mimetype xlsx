--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>numero di fusti (alberi vivi in piedi) con microhabitat</t>
+    <t>number of stems (standing living trees) with microhabitat</t>
   </si>
   <si>
-    <t>microhabitat (20 classi) · fasce vegetazionali NaiS (6 classi)</t>
+    <t>microhabitats (20 classes) · altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,350 +172,350 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>microhabitat (20 classi)</t>
+    <t>microhabitats (20 classes)</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
+    <t>upper subalpine</t>
   </si>
   <si>
-    <t>subalpina</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>altimontana</t>
+    <t>high-montane</t>
   </si>
   <si>
-    <t>montana inferiore e superiore</t>
+    <t>lower and upper montane</t>
   </si>
   <si>
-    <t>submontana</t>
+    <t>submontane</t>
   </si>
   <si>
-    <t>iperinsubrica e collinare</t>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>cavità di nidificazione di picidi</t>
+    <t>woodpecker breeding cavity</t>
   </si>
   <si>
-    <t>cavità superficiale (&lt;5 cm di profondità)</t>
+    <t>cavity (&lt;5 cm depth)</t>
   </si>
   <si>
-    <t>cavità (&gt;5 cm di profondità)</t>
+    <t>cavity (&gt;5 cm depth)</t>
   </si>
   <si>
-    <t>danni da insetti</t>
+    <t>damage from insects</t>
   </si>
   <si>
-    <t>dendrotelma</t>
+    <t>dendrotelm</t>
   </si>
   <si>
-    <t>cavità nei contrafforti radicali</t>
+    <t>buttress-root concavity</t>
   </si>
   <si>
-    <t>scortecciamento</t>
+    <t>bark loss</t>
   </si>
   <si>
-    <t>lesione da fuoco</t>
+    <t>fire scar</t>
   </si>
   <si>
-    <t>tasca nella corteccia</t>
+    <t>bark shelter/pocket</t>
   </si>
   <si>
-    <t>fusto spezzato fresco</t>
+    <t>fresh stem/large branch breakage</t>
   </si>
   <si>
-    <t>fessura larga</t>
+    <t>broad crack</t>
   </si>
   <si>
-    <t>legno morto nella chioma</t>
+    <t>crown deadwood</t>
   </si>
   <si>
-    <t>cancro o tumore</t>
+    <t>canker or burrs</t>
   </si>
   <si>
-    <t>corpo fruttifero di fungini perenni</t>
+    <t>perennial fungal fruiting body</t>
   </si>
   <si>
-    <t>corpo fruttifero di funghi effimeri</t>
+    <t>ephemeral fungal fruiting body</t>
   </si>
   <si>
-    <t>muschi &gt;10%</t>
+    <t>bryophytes &gt;10%</t>
   </si>
   <si>
-    <t>licheni &gt;10%</t>
+    <t>lichens &gt;10%</t>
   </si>
   <si>
-    <t>edera &gt;10%</t>
+    <t>ivy &gt;10%</t>
   </si>
   <si>
-    <t xml:space="preserve">colata di resina </t>
+    <t>resinosis</t>
   </si>
   <si>
-    <t>altri microhabitat</t>
+    <t>other microhabitats</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1395877/577650</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
+      <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Numero di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo, sui quali è stato rilevato un microhabitat. Visto che un albero può presentare contemporaneamente più microhabitat, esso può contribuire al numero di fusti (vivi e in piedi) di diversi microhabitat. Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
+    <t>Number of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) on which a microhabitat was found. Since various microhabitats at a time may be found on the same tree, the tree may contribute to the number of stems (standing-living) of several different microhabitats. Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">microhabitat (20 classi)</t>
+      <t xml:space="preserve">microhabitats (20 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Tipo di microhabitat presente almeno una volta su un albero o un arbusto a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Type of microhabitat that occurs at least once on a tree or shrub ≥12 cm in diameter at breast height (dbh). Reference: Field Survey (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -867,52 +867,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB208"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -29862,51 +29862,51 @@
         <v>40</v>
       </c>
       <c r="AZ188" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA188" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BB188" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="189" spans="1:54" customHeight="1" ht="21.75">
       <c r="A189" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1395877/577650</t>
           </r>
         </is>
       </c>
       <c r="C189" s="3"/>
       <c r="D189" s="3"/>
       <c r="E189" s="3"/>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
       <c r="H189" s="3"/>
       <c r="I189" s="3"/>
       <c r="J189" s="3"/>
       <c r="K189" s="3"/>
       <c r="L189" s="3"/>
@@ -29944,226 +29944,226 @@
       <c r="AR189" s="3"/>
       <c r="AS189" s="3"/>
       <c r="AT189" s="3"/>
       <c r="AU189" s="3"/>
       <c r="AV189" s="3"/>
       <c r="AW189" s="3"/>
       <c r="AX189" s="3"/>
       <c r="AY189" s="3"/>
       <c r="AZ189" s="3"/>
       <c r="BA189" s="3"/>
       <c r="BB189" s="3"/>
     </row>
     <row r="192" spans="1:54">
       <c r="A192" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
+            <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="193" spans="1:54" customHeight="1" ht="29">
       <c r="A193" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="195" spans="1:54">
       <c r="A195" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">microhabitat (20 classi)</t>
+            <t xml:space="preserve">microhabitats (20 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="196" spans="1:54" customHeight="1" ht="29">
       <c r="A196" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="198" spans="1:54">
       <c r="A198" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="199" spans="1:54" customHeight="1" ht="29">
       <c r="A199" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="201" spans="1:54">
       <c r="A201" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="202" spans="1:54" customHeight="1" ht="29">
       <c r="A202" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="204" spans="1:54">
       <c r="A204" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="205" spans="1:54" customHeight="1" ht="29">
       <c r="A205" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="207" spans="1:54">
       <c r="A207" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="208" spans="1:54" customHeight="1" ht="29">
       <c r="A208" s="1" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>